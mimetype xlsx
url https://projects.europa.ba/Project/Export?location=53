--- v0 (2025-10-19)
+++ v1 (2025-12-14)
@@ -6,221 +6,224 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Filtered project list" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <si>
-    <t>Project name</t>
-[...17 lines deleted...]
-    <t>Local development strategies</t>
+    <t>Naziv projekta</t>
+  </si>
+  <si>
+    <t>EU fond</t>
+  </si>
+  <si>
+    <t>Period implementacije</t>
+  </si>
+  <si>
+    <t>Kategorije</t>
+  </si>
+  <si>
+    <t>Sažetak</t>
+  </si>
+  <si>
+    <t>Rezultati</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lokalne strategije razvoja
+(EU4Business)</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
     <t>2018 - 2025</t>
   </si>
   <si>
-    <t xml:space="preserve">Digital
-[...19 lines deleted...]
-    <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
+    <t xml:space="preserve">Digitalizacija
+ (Glavna oblast); Civilno društvo
+ (Nije ciljano); Polovi
+ (Nije ciljano); Akcije protiv klimatskih promjena
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projektom je podstaknuta konkurentnost i inovacije mikro, malih i srednjih preduzeća (MMSP-ova) i poljoprivrednika u konkurentnim sektorima BiH. Implementiran je kroz partnerstvo GIZ-a, UNDP-a i MOR-a u iznosu od 16,1 milion EUR, od čega je Savezna Republika Njemačka osigurala 1,1 milion EUR. Pozivi za dodjelu grantova u ukupnoj vrijednosti od 10 miliona EUR rezultirali su sa 82 razvojna projekta za podršku MSP-ovima i lokalnim partnerstvima u poljoprivrednoj proizvodnji i preradi (20), turizmu (8) i izvozno orijentisanim sektorima (10). Sa 5 grantova su takođe podržana inovativna novoosnovana preduzeća, 24 MMSP-a su dobila pomoć da nabave modernu opremu, a 15 grantova je pomoglo u ublažavanju uticaja pandemije Covid-19 na privredu. Pored toga, grantovi EU su pokrenuli privatna ulaganja u iznosu od 6,3 miliona EUR, koja su omogućila otvaranje oko 500 novih radnih mjesta širom BiH. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta će rezultirati sljedećim:
+- Unaprijeđeni rezultati rada MMSP-ova zahvaljujući poslovnim ulaganjima i inovativnim uslugama u konkurentnim izvozno orijentisanim sektorima. 
+- Poslovno okruženje poboljšano za novoosnovana preduzeća i razvoj MSP-ova. 
+- Preduzetničke inicijative intenzivirane u turizmu i ruralnim lancima vrijednosti za ostvarivanje prihoda i zapošljavanje.</t>
+  </si>
+  <si>
+    <t>Akcija za povećanje energetske i vodne efikasnosti usluga vodosnabdijevanja</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
     <t>2019 - 2025</t>
   </si>
   <si>
-    <t xml:space="preserve">Gender
-[...11 lines deleted...]
-- Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
+    <t xml:space="preserve">Polovi
+ (Glavna oblast); Akcije protiv klimatskih promjena
+ (Glavna oblast); Digitalizacija
+ (Važno); Civilno društvo
+ (Važno)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cilj projekta je da ojača održivi razvoj u prekograničnom području između Bosne i Hercegovine i Crne Gore poboljšanjem efikasnosti korištenja resursa u sektoru vodosnabdijevanja. 
+Konkretnije, projekat će ojačati kapacitete za vodno i energetski efikasno vodosnabdijevanje te promovisati EU politike i prakse za efikasno korištenje resursa u sektoru vodosnabdijevanja.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta će rezultirati sljedećim:
+- Ojačani kapaciteti za unapređenje vodno i energetski efikasnog vodosnabdijevanja.
+- Povećana svijest kod velikog broja aktera i šire javnosti o politikama, standardima i praksama za postizanje veće vodne i energetske efikasnosti u sektoru vodosnabdijevanja.
 </t>
   </si>
   <si>
-    <t>EU support to regional economic development in BIH Call VI AgroMAP NETWORK under Lot 1</t>
+    <t>EU podrška regionalnom ekonomskom razvoju u BiH Poziv VI AgroMAP NETWORK u okviru Lot 1</t>
   </si>
   <si>
     <t>320 143 €</t>
   </si>
   <si>
     <t>2010 - 2025</t>
   </si>
   <si>
-    <t xml:space="preserve">Civil society (Significant); Gender
-[...15 lines deleted...]
-    <t>Sustainable tourist development - From Herzegovina trails to Dubrovnik Elafiti i slands</t>
+    <t xml:space="preserve">Civilno društvo
+ (Važno); Polovi
+ (Važno); Digitalizacija
+ (Važno); Akcije protiv klimatskih promjena
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mikro, mala i srednja poduzeća (MMSP) su pokretači novog zapošljavanja i rasta u Bosni i Hercegovini. Jasno je da je podrška MMSP-ima od krucijalnog značaja za budući ekonomski razvoj BiH. Međutim, MMSP se i dalje suočavaju sa brojnim preprekama rastu i razvoju. Uklanjanje ovih prepreka iziskuje aktivnosti svih relevantnih aktera zasnovane na koordinaciji i partnerstvu.
+Evropska unija je prepoznala ove potrebe i ponudila seriju razvojnih projekata kojim se daje doprinos jačanju rasta, otvaranju radnih mjesta i izvoznih potencijala MMSP u konkurentnim sektorima u Bosni i Hercegovini, poput industrija metala i drveta, mljekarstva, voća i povrća, kao i ljekovitog i aromatičnog bilja. 
+U tom pogledu, ovaj projekt Evropske unije ima za cilj pokretanje ekonomskog rasta i zapošljavanja kroz povećanje konkurentnosti u sektoru ljekovitog i aromatičnog bilja (MAP) Projektom su osnaženi ekonomski akteri ovog sektora kreiranjem proizvoda sa većom dodanom vrijednosti, na osnovu znanja, umrežavanja, primjene nove tehnologije, pristupa tržištu koji se rukovodi potrebama, i uvođenja standarda kvalitete.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Evropska unija je uspostavila AgroMAP mrežu sakupljača, proizvođača i prerađivača ljekovitog i aromatičnog bilja (MAP) tako što je okupila 2.165 učesnika koji su se umrežili i dijele mašine za žetvu, sječenje i pakiranje, destilerije, hladnjake i drugu neophodnu opremu.
+ Skupa sa obrazovnim radionicama, ova mreža je razmijenila rezultate i povećala znanje („know-how“) i šire vještine za one koji su uključeni. Također smo povećali prihod aktera u MAP sektoru tako što smo certificirali zasade, razvojem marketinške strategije, brendiranjem lanca opskrbe i pozicioniranjem proizvoda na stranom tržištu. Također, pokrenuta je inicijativa za stvaranje odgovarajuće kreditne linije za MAP sektor.
+Šire ciljno područje također osjeća ekonomske koristi kroz podizanje zasada i osiguranje opstanka i unaprjeđenja postojećih, kao i dalji razvoj novih prilika za poduzetnike.
+</t>
+  </si>
+  <si>
+    <t>Održivi razvoj turizma - Preko hercegovačkih staza do dubrovačkih Elafita</t>
   </si>
   <si>
     <t>205 679 €</t>
   </si>
   <si>
     <t>2014 - 2025</t>
   </si>
   <si>
-    <t xml:space="preserve">Civil society (Main); Digital
-[...11 lines deleted...]
-- Jointly developed and promoted innovative tourism cross border offers in Popovo polje and Elafiti islands.
+    <t xml:space="preserve">Civilno društvo
+ (Glavna oblast); Digitalizacija
+ (Važno); Polovi
+ (Nije ciljano); Akcije protiv klimatskih promjena
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ovim projektom se nastojala proširiti postojeća priobalna turistička ponuda na pograničnim kontinentalnim i otočkim područjima u okruženju Dubrovnika i Mostara. U tom nastojanju projektom je povećana razmjena i saradnja između hrvatskih i bosansko-hercegovačkih turističkih operatera. 
+Projekat je rezultirao uspostavljanjem Plavog dijela staze Via Dinarica, čime su unapređene inovativne usluge u zajednici i valorizacija prirodnih resursa u Popovom polju i na Elafitskim otocima.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta rezultirala je sljedećim:
+- Povećani kapaciteti i vještine turističkih operatera u identifikovanju i razvijanju turističkog potencijala kontinentalnih područja i otoka, i u upravljanju tim potencijalom, 
+- Zajednički razvijene i promovisane inovativne prekogranične turističke ponude u Popovom polju i na Elafitskim otocima.
 </t>
   </si>
   <si>
-    <t>Typical products as engine of development in rural areas - TERRA ''''Honey route s through Durmitor Mountain and Herzegovina''''</t>
+    <t>Tipični proizvodi kao pokretač razvoja ruralnih područja – TERRA „Putevima meda kroz Durmitor i Hercegovinu“</t>
   </si>
   <si>
     <t>153 607 €</t>
   </si>
   <si>
-    <t xml:space="preserve">The project sought to improve the living conditions of the population through the support and promotion of rural development and tourism based on typical local products. 
-[...7 lines deleted...]
-- Tourist product visible, functional and recognised in the wide region.
+    <t xml:space="preserve">Projekat je nastojao doprinijeti poboljšanju uslova života stanovništva kroz podršku i promociju ruralnog razvoja i turizma fokusiranjem na tipične lokalne proizvode. 
+Konkretno je cilj projekta bio ubrzati razvoj ruralnih područja putem vrednovanja i komercijalizacije meda kao tipičnog proizvoda, te omogućiti dalji razvoj tipičnih proizvoda u ciljnom području u skladu sa standardima i primjerima najbolje prakse u EU. Projektom je povezano 6 opština iz Crne Gore i 9 opština iz Bosne i Hercegovine.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta rezultirala je sljedećim:
+- Mapiran lanac vrijednosti meda, a uključeni akteri prihvataju svoju ulogu u budućem razvoju meda kao tipičnog proizvoda,
+- Kreiran teritorijalni/turistički proizvod „Putevima meda kroz Durmitor i Hercegovinu“,
+- Unaprijeđeni kapaciteti 104 ključna aktera uključena u razvoj turističkog/teritorijalnog proizvoda,
+- Turistički proizvod vidljiv, funkcionalan i prepoznat na širem području.
 </t>
   </si>
   <si>
-    <t>AgriBusiness - Agriculture Heritage Capitalisation in Dubrovnik-Herzegovina Cros s-Border Region</t>
+    <t>Agrobiznis - oplemenjivanje poljoprivredne baštine u prekograničnoj dubrovačko-hercegovačkoj regiji</t>
   </si>
   <si>
     <t>171 526 €</t>
   </si>
   <si>
     <t>2015 - 2025</t>
   </si>
   <si>
-    <t xml:space="preserve">Civil society (Main); Digital
-[...20 lines deleted...]
-- Successfully promoted Agriculture Heritage production and the EU perceived as a donor</t>
+    <t xml:space="preserve">Civilno društvo
+ (Glavna oblast); Digitalizacija
+ (Glavna oblast); Polovi
+ (Važno); Akcije protiv klimatskih promjena
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Opšti cilj projekta je jačanje prekograničnog ruralnog razvoja i konkurentnosti tipičnog regionalnog poljoprivrednog proizvodnog sektora. 
+Posebni ciljevi su sljedeći:
+- Kapitalizacija poljoprivrednog nasljeđa u prekograničnoj oblasti dubrovačke i hercegovačke regije, 
+- Stimulacija pristupa lokalnih poljoprivrednih proizvođača regionalnim i tržištima EU.
+Ciljne grupe:
+- Farme i MSP-ovi u poljoprivrednom sektoru, 
+- Institucije i NVO-i koji se bave ruralnim razvojem, 
+- Poljoprivredna udruženja i zadruge,
+- Prodavci.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta rezultirala je sljedećim:
+- Strukturiran okvir za podršku poljoprivrednom sektoru u prekograničnoj oblasti 
+- Povećani kapaciteti i konkurentnost poljoprivrednog sektora na dubrovačko-hercegovačkom području
+- Uspostavljeni kanali prodaje na regionalnim i tržištima EU
+- Uspješno promovisana proizvodnja poljoprivrednog nasljeđa i EU percipiran kao donator</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -239,51 +242,51 @@
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="85" customWidth="1" style="1"/>
     <col min="2" max="2" width="12.7196153913225" customWidth="1" style="1"/>
-    <col min="3" max="3" width="21.7747671944754" customWidth="1" style="1"/>
+    <col min="3" max="3" width="21.2171957833426" customWidth="1" style="1"/>
     <col min="4" max="4" width="55" customWidth="1" style="1"/>
     <col min="5" max="5" width="85" customWidth="1" style="1"/>
     <col min="6" max="6" width="85" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>