--- v1 (2025-12-14)
+++ v2 (2026-02-07)
@@ -6,224 +6,221 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Filtered project list" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <si>
-    <t>Naziv projekta</t>
-[...18 lines deleted...]
-(EU4Business)</t>
+    <t>Project name</t>
+  </si>
+  <si>
+    <t>EU fund</t>
+  </si>
+  <si>
+    <t>Implementation period</t>
+  </si>
+  <si>
+    <t>Categories</t>
+  </si>
+  <si>
+    <t>Summary</t>
+  </si>
+  <si>
+    <t>Results</t>
+  </si>
+  <si>
+    <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
-[...18 lines deleted...]
-    <t>Akcija za povećanje energetske i vodne efikasnosti usluga vodosnabdijevanja</t>
+    <t>2018 - 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Digital
+ (Main); Civil society (Not targeted); Gender
+ (Not targeted); Climate action
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project will result in:
+- Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
+- Improved business environment for the start-ups and SME development. 
+- Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
+- The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
+- 5 grants supported innovative start-ups, 
+- 24 MSMEs were assisted to buy modern equipment, 
+- 15 grants have helped alleviating the effects of covid-19 on economy. 
+- The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
+  </si>
+  <si>
+    <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
-[...15 lines deleted...]
-- Povećana svijest kod velikog broja aktera i šire javnosti o politikama, standardima i praksama za postizanje veće vodne i energetske efikasnosti u sektoru vodosnabdijevanja.
+    <t>2019 - 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gender
+ (Main); Climate action
+ (Main); Digital
+ (Significant); Civil society (Significant)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The project plans to strengthen sustainable development in the cross-border area between Bosnia and Herzegovina and Montenegro by improving resource efficiency in the water supply sector. 
+More specifically, the project will strengthen the capacity for water and energy efficient water supply services and promote EU policies and practices for efficient use of resources in water supply services.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project will result in:
+- The capacities to improve water and energy efficiency of water supply services are strengthened.
+- Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
 </t>
   </si>
   <si>
-    <t>EU podrška regionalnom ekonomskom razvoju u BiH Poziv VI AgroMAP NETWORK u okviru Lot 1</t>
+    <t>EU support to regional economic development in BIH Call VI AgroMAP NETWORK under Lot 1</t>
   </si>
   <si>
     <t>320 143 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
-[...11 lines deleted...]
-U tom pogledu, ovaj projekt Evropske unije ima za cilj pokretanje ekonomskog rasta i zapošljavanja kroz povećanje konkurentnosti u sektoru ljekovitog i aromatičnog bilja (MAP) Projektom su osnaženi ekonomski akteri ovog sektora kreiranjem proizvoda sa većom dodanom vrijednosti, na osnovu znanja, umrežavanja, primjene nove tehnologije, pristupa tržištu koji se rukovodi potrebama, i uvođenja standarda kvalitete.
+    <t>2010 - 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Civil society (Significant); Gender
+ (Significant); Digital
+ (Significant); Climate action
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
+The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
+In that respect, this European Union project aimed at generating the economic growth and employment by increasing the competitiveness in the Medical and Aromatic Plants (MAP) sector. The project strengthened economically actors of MAP sector by creating value-added products, based on knowledge, networking, application of new technologies, demand driven market approach, and quality standards introduction.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The European Union established the AgroMAP network of MAP sector's collectors, producers and processors by having brought together 2,165 participants who networked together and share harvesting, cutting and packaging machines, distillers, refrigerators and other essential equipment.
+Together with educational workshops, this network has exchanged results in increased know-how and a wider skill set for those involved. We also increased the income of MAP sector actors by certifying plantations, marketing strategy developed, supply chain branding and foreign market product positioning. Also, an initiative to create an adequate credit line for the MAP sector has been launched. 
+The wider target area also feels the economic benefits through raising plantations and ensuring survival and improvement of existing as well as further development of new opportunities for entrepreneurs.</t>
+  </si>
+  <si>
+    <t>Sustainable tourist development - From Herzegovina trails to Dubrovnik Elafiti i slands</t>
+  </si>
+  <si>
+    <t>205 679 €</t>
+  </si>
+  <si>
+    <t>2014 - 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Civil society (Main); Digital
+ (Significant); Gender
+ (Not targeted); Climate action
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The project worked to expand the coastal tourist offer into the cross border area of inland and island territories surrounding Dubrovnik and Mostar. In this effort, the project increased the exchanges and cooperation between Croatian and BiH tourist operators. 
+The project resulted in establishment of the Blue section of the Via Dinarica Trail and thus enhanced innovative community-based services and the valorisation of the natural resources in Popovo polje and Elafiti islands.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project resulted in:
+- Capacity and skills of tourist operators in the cross border region increased in identifying, developing and managing tourist potential of inland territories and islands; 
+- Jointly developed and promoted innovative tourism cross border offers in Popovo polje and Elafiti islands.
 </t>
   </si>
   <si>
-    <t xml:space="preserve">Evropska unija je uspostavila AgroMAP mrežu sakupljača, proizvođača i prerađivača ljekovitog i aromatičnog bilja (MAP) tako što je okupila 2.165 učesnika koji su se umrežili i dijele mašine za žetvu, sječenje i pakiranje, destilerije, hladnjake i drugu neophodnu opremu.
-[...1 lines deleted...]
-Šire ciljno područje također osjeća ekonomske koristi kroz podizanje zasada i osiguranje opstanka i unaprjeđenja postojećih, kao i dalji razvoj novih prilika za poduzetnike.
+    <t>Typical products as engine of development in rural areas - TERRA ''''Honey route s through Durmitor Mountain and Herzegovina''''</t>
+  </si>
+  <si>
+    <t>153 607 €</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The project sought to improve the living conditions of the population through the support and promotion of rural development and tourism based on typical local products. 
+More specifically, the aim was to accelerate development of rural areas through valorisation and commercialisation of honey as a typical product and to enable further development of typical products in the target area in line with standards and best practice cases in the EU. The project connected 6 municipalites from Montenegro and 9 municipalities in Bosnia and Herzegovina.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project resulted in:
+- Mapped honey value chain, and involved stakeholders accept their role in the future development of honey as a typical product,
+- Territorial/tourist product “Honey routes through Durmitor Mountain and Herzegovina” created ,
+- Improved capacities of 104 key stakeholders involved in development of the tourist/territorial product,
+- Tourist product visible, functional and recognised in the wide region.
 </t>
   </si>
   <si>
-    <t>Održivi razvoj turizma - Preko hercegovačkih staza do dubrovačkih Elafita</t>
-[...43 lines deleted...]
-    <t>Agrobiznis - oplemenjivanje poljoprivredne baštine u prekograničnoj dubrovačko-hercegovačkoj regiji</t>
+    <t>AgriBusiness - Agriculture Heritage Capitalisation in Dubrovnik-Herzegovina Cros s-Border Region</t>
   </si>
   <si>
     <t>171 526 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
-[...24 lines deleted...]
-- Uspješno promovisana proizvodnja poljoprivrednog nasljeđa i EU percipiran kao donator</t>
+    <t>2015 - 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Civil society (Main); Digital
+ (Main); Gender
+ (Significant); Climate action
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Overall objective is strengthening the cross-border rural economic development and competitiveness of typical regional agriculture production sector. 
+Specific objectives are:
+- Capitalization of agriculture heritage in Dubrovnik-Herzegovina cross-border area; 
+- Stimulating access to regional and EU markets for local agriculture producers.
+Target groups:
+- Farms and SMEs in agriculture sector; 
+- Institutions and NGOs dealing with rural development; 
+- Agricultural associations &amp; cooperatives;
+- Retailers.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project resulted in:
+- Structured framework for agriculture sector support in cross-border area
+- Increased capacities and competitiveness of agriculture sector in Dubrovnik-Herzegovina area
+- Established sales channels to regional and EU markets
+- Successfully promoted Agriculture Heritage production and the EU perceived as a donor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -242,51 +239,51 @@
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="85" customWidth="1" style="1"/>
     <col min="2" max="2" width="12.7196153913225" customWidth="1" style="1"/>
-    <col min="3" max="3" width="21.2171957833426" customWidth="1" style="1"/>
+    <col min="3" max="3" width="21.7747671944754" customWidth="1" style="1"/>
     <col min="4" max="4" width="55" customWidth="1" style="1"/>
     <col min="5" max="5" width="85" customWidth="1" style="1"/>
     <col min="6" max="6" width="85" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>