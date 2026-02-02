--- v0 (2025-10-17)
+++ v1 (2026-02-02)
@@ -6,231 +6,239 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Filtered project list" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <si>
-    <t>Project name</t>
-[...17 lines deleted...]
-    <t>Action to Increase Energy and Water Efficiency of Water Supply Service</t>
+    <t>Naziv projekta</t>
+  </si>
+  <si>
+    <t>EU fond</t>
+  </si>
+  <si>
+    <t>Period implementacije</t>
+  </si>
+  <si>
+    <t>Kategorije</t>
+  </si>
+  <si>
+    <t>Sažetak</t>
+  </si>
+  <si>
+    <t>Rezultati</t>
+  </si>
+  <si>
+    <t>Akcija za povećanje energetske i vodne efikasnosti usluga vodosnabdijevanja</t>
   </si>
   <si>
     <t>259 603 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
-[...14 lines deleted...]
-- Increased awareness of a large number of stakeholders and general public about policies, standards and practices to achieve higher water and energy efficiency in the water supply sector.
+    <t>2019 - 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polovi
+ (Glavna oblast); Akcije protiv klimatskih promjena
+ (Glavna oblast); Digitalizacija
+ (Važno); Civilno društvo
+ (Važno)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cilj projekta je da ojača održivi razvoj u prekograničnom području između Bosne i Hercegovine i Crne Gore poboljšanjem efikasnosti korištenja resursa u sektoru vodosnabdijevanja. 
+Konkretnije, projekat će ojačati kapacitete za vodno i energetski efikasno vodosnabdijevanje te promovisati EU politike i prakse za efikasno korištenje resursa u sektoru vodosnabdijevanja.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta će rezultirati sljedećim:
+- Ojačani kapaciteti za unapređenje vodno i energetski efikasnog vodosnabdijevanja.
+- Povećana svijest kod velikog broja aktera i šire javnosti o politikama, standardima i praksama za postizanje veće vodne i energetske efikasnosti u sektoru vodosnabdijevanja.
 </t>
   </si>
   <si>
-    <t>CfP Cross-border co-operation BiH-MNE</t>
+    <t>Održivo upravljanje otpadom u pograničnom području između Bosne i Hercegovine i Crne Gore</t>
   </si>
   <si>
     <t>136 542 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
-[...17 lines deleted...]
-    <t>Establishing the Via Dinarica - a Preface to Regional Cooperation Platform.</t>
+    <t>2010 - 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Civilno društvo
+ (Glavna oblast); Polovi
+ (Važno); Akcije protiv klimatskih promjena
+ (Nije ciljano); Digitalizacija
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cilj projekta bio je da osnaži zajednički održivi razvoj i da poveća efikasnost upravljanja otpadom u pograničnom području jačanjem kapaciteta zajedničkih institucionalnih mreža između javnog, privatnog i sektora civilnog društva. Specifični ciljevi su bili: a) uspostava klastera upravljanja otpadom kao aktivnosti inicijativa okolišnog razvoja u pograničnim područjima; b) podizanje svijesti i obrazovanje javnog, privatnog i sektora civilnog društva, kao i građana, o značaju upravljanja otpadom i njegovim ekonomskim, financijskim i socijalnim aspektima; c) unaprjeđenje zajedničkog upravljanja i ponovna uspostava prekogranične suradnje. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uspostava krovne Radne grupe za prekograničnu suradnju (CBC WG) i održavanje efikasnog dijaloga o društvenim i ekonomskim aktivnostima koje ne ugrožavaju okoliš;
+Provedena je Revizija otpada i pripremljen Dokument revizije otpada;
+Osnovana su dva klastera za upravljanje otpadom;
+Unaprijeđena je svijest javnosti i obrazovane ciljne skupine o održivom upravljanju otpadom putem 4 okrugla stola, 2 otvorena dana, 12 obuka, 1 završnu konferenciju, i promotivne materijale.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Uspostava Via Dinarica -  uvod u regionalnu platformu za suradnju.</t>
   </si>
   <si>
     <t>42 838 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
-[...18 lines deleted...]
-    <t>'''Cross-border Fire Protection"</t>
+    <t>2011 - 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polovi
+ (Glavna oblast); Civilno društvo
+ (Važno); Akcije protiv klimatskih promjena
+ (Nije ciljano); Digitalizacija
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ovaj projekt podržava razvoj zajedničke turističke ponude pod zajedničkim regionalnim brend nazivom Via Dinarica kroz stvaranje i diversifikaciju turističkih proizvoda i usluga u graničnom području između Bosne i Hercegovine i Crne Gore.
+Ovo bi trebao biti prvi u seriji projekata na zajedničkoj razvojnoj platformi Via Dinarica koja će stimulirati interakcije između kompanija i zajednica sa obje strane granice, i koja bi trebala dovesti do mnogih novih inicijativa sa potencijalom da se prošire duž cijelog Centralnog dinarskog masiva. Specifični cilj projekta je da se olakša dijalog i suradnja između aktera iz Crne Gore i Bosne i Hercegovine, što će dovesti do stvaranja nove turističke ponude duž inicijalne trase Via Dinarica. Povezivanjem malih mjesta i ruralnih zajednica u ciljanom području, podizanjem svijesti o dobrim poslovnim praksama i pitanjima okoliša, uz istovremeno kreiranje i promoviranje nove turističke ponude, kao i stvaranja veza među akterima u ciljanim regijama i lokalnim i nacionalnim organima u dvije zemlje – projekt ima za cilj inicirati ekonomski razvoj koji će koristiti održive prakse u turizmu kao svoj alat.
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. Identificirana je i uspostavljena nova prekogranična turistička ponuda koja povezuje manja mjesta i ruralne zajednice duž inicijalne trase Via Dinarica. Ponuda povezuje 38 malih mjesta i ruralnih zajednica duž inicijalne trase Via Dinarica. Razvojem prekograničnih staza za biciklizam i planinarenje uspostavljena je zajednička osnova za dalji razvoj. Biciklistička staza je duga 100 km, dok je pješačka staza duga 212 km i povezuje nacionalne parkove Durmitor u Crnoj Gori i Sutjesku u Bosni i Hercegovini. Obje staze su uspostavljene tokom projekta i osigurano je njihovo održavanje nakon životnog ciklusa projekta.
+2. Formirane su veze i razmijenjena iskustva između aktera u ciljanom području, unaprijeđeno je znanje i standardi pružatelja usluga, i unaprijeđena svijest o pitanjima okoliša u zajednicama. Da bi se postavila zajednička osnova za dalji razvoj, provedeni su programi izgradnje kapaciteta koje su činile 4 odvojene obuke kojima je prisustvovalo 34 učesnika iz Crne Gore i 21 iz Bosne i Hercegovine, od čega je 52 učesnika uspješno završilo obuku.
+3. Promovirana je nova turistička ponuda, čime se pojačao vizibilitet regije. Značajna pažnja je također posvećena i identifikaciji i promoviranju pružatelja turističkih usluga duž biciklističkih i pješačkih staza. Postoji 63 pružatelja usluga iz 30 lokalnih zajednica u Crnoj Gori i 43 pružatelja usluga iz 8 lokalnih zajednica u Bosni i Hercegovini.
+</t>
+  </si>
+  <si>
+    <t>Prekogranična zaštita od požara</t>
   </si>
   <si>
     <t>143 058 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
-[...19 lines deleted...]
-    <t>Typical products as engine of development in rural areas - TERRA ''''Honey route s through Durmitor Mountain and Herzegovina''''</t>
+    <t>2014 - 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Civilno društvo
+ (Glavna oblast); Polovi
+ (Glavna oblast); Akcije protiv klimatskih promjena
+ (Nije ciljano); Digitalizacija
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Opšti cilj projekta je smanjiti ranjivost BiH i Crne Gore na prirodne katastrofe i očuvanje životne sredine i prirodnih resursa kroz prekograničnu saradnju u oblasti smanjenja rizika od katastrofa (DRR) i provođenje zajedničkog programa za smanjenje požara na otvorenom. 
+Posebni cilj je poboljšati kapacitete prekograničnog područja za suzbijanje javljanja požara na otvorenom kroz prekograničnu saradnju, zajedničku izgradnju kapaciteta i kampanju podizanja svijesti.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta rezultirala je sljedećim:
+- Unaprijeđeni kapaciteti državnih i opštinskih institucija i službi koje se bave zaštitom i spašavanjem,
+- Stanovništvo i lokalne vlasti u prekograničnom području i ciljanim opštinama upoznati sa preventivnim mjerama protiv požara, zaštitom i spašavanjem te DRR-om,
+- Poboljšana prekogranična saradnja između institucija i službi nadležnih za zaštitu i spašavanje iz BiH i Crne Gore,
+- Unaprijeđeni kapaciteti dobrovoljnih vatrogasnih društava iz ciljanih opština, te promovisan njihov rad i značaj za zaštitu lokalnih zajednica.</t>
+  </si>
+  <si>
+    <t>Tipični proizvodi kao pokretač razvoja ruralnih područja – TERRA „Putevima meda kroz Durmitor i Hercegovinu“</t>
   </si>
   <si>
     <t>153 607 €</t>
   </si>
   <si>
-    <t xml:space="preserve">Civil society (Main); Digital
-[...13 lines deleted...]
-- Tourist product visible, functional and recognised in the wide region.
+    <t xml:space="preserve">Civilno društvo
+ (Glavna oblast); Digitalizacija
+ (Važno); Polovi
+ (Nije ciljano); Akcije protiv klimatskih promjena
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projekat je nastojao doprinijeti poboljšanju uslova života stanovništva kroz podršku i promociju ruralnog razvoja i turizma fokusiranjem na tipične lokalne proizvode. 
+Konkretno je cilj projekta bio ubrzati razvoj ruralnih područja putem vrednovanja i komercijalizacije meda kao tipičnog proizvoda, te omogućiti dalji razvoj tipičnih proizvoda u ciljnom području u skladu sa standardima i primjerima najbolje prakse u EU. Projektom je povezano 6 opština iz Crne Gore i 9 opština iz Bosne i Hercegovine.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta rezultirala je sljedećim:
+- Mapiran lanac vrijednosti meda, a uključeni akteri prihvataju svoju ulogu u budućem razvoju meda kao tipičnog proizvoda,
+- Kreiran teritorijalni/turistički proizvod „Putevima meda kroz Durmitor i Hercegovinu“,
+- Unaprijeđeni kapaciteti 104 ključna aktera uključena u razvoj turističkog/teritorijalnog proizvoda,
+- Turistički proizvod vidljiv, funkcionalan i prepoznat na širem području.
 </t>
   </si>
   <si>
-    <t>Give me a chance</t>
+    <t>Pruži mi šansu</t>
   </si>
   <si>
     <t>66 922 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
-[...18 lines deleted...]
-    <t>Anti Dop Ambassadors beyond borders. Youth cooperation in drug use prevention</t>
+    <t>2015 - 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Polovi
+ (Glavna oblast); Digitalizacija
+ (Glavna oblast); Akcije protiv klimatskih promjena
+ (Važno); Civilno društvo
+ (Nije ciljano)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Opšti cilj projekta je doprinijeti ravnopravnosti i zaštiti prava osoba sa intelektualnim smetnjama za učešće u kulturnom životu, rekreaciji, slobodnim i sportskim aktivnostima u skladu sa UN-ovom Konvencijom o pravima osoba sa invaliditetom. 
+Posebni cilj je povećati socijalnu uključenost i učešće osoba sa intelektualnim smetnjama iz Crne Gore i Bosne i Hercegovine kroz njihovo uključivanje u sportske aktivnosti.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta rezultirala je sljedećim:
+- Ojačani kapaciteti i umrežavanje organizacija i institucija koje nastoje povećati socijalnu uključenost osoba sa intelektualnim smetnjama kroz sportske aktivnosti. 
+- Podignut nivo mobilnosti, učešća i uključenosti osoba sa intelektualnim smetnjama u kulturnom i sportskom životu na državnom i regionalnom nivou. 
+- Podignuta svijest kreatora politika, predstavnika institucija i drugih sportskih aktera i građana o sportu kao sredstvu za doprinošenje kvalitetnijem učešću i socijalnoj uključenosti osoba sa intelektualnim smetnjama.</t>
+  </si>
+  <si>
+    <t>Anti-dop ambasadori bez granica. Saradnja mladih u prevenciji narkomanije</t>
   </si>
   <si>
     <t>78 447 €</t>
   </si>
   <si>
-    <t>The project set as its goal to contributre to sustainable social cohesion in cross border regions. Its focus was on addressing substance abuse issues among youth with the aim to decrease the risk of drug abuse among youth through awareness raising actions and multidisciplinary approach (synergy of civil sector, public institutions and youth initiatives).</t>
-[...6 lines deleted...]
-- Enhanced social awareness about drug problem through successful promotion of the project in the media.</t>
+    <t>Projekat za cilj ima doprinošenje održivoj socijalnoj koheziji u prekograničnim regijama. Fokus je bio na rješavanju problema narkomanije među mladima u cilju smanjenja rizika narkomanije među mladima kroz akcije podizanja svijesti i multidisciplinarni pristup (sinergija civilnog sektora, političkih institucija i omladinskih inicijativa).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Realizacija ovog projekta rezultirala je sljedećim:
+- Unaprijeđeni kapaciteti mladih po pitanju sprečavanja ovisnosti i razvijena prekogranična omladinska mreža Anti-Dop ambasadori  
+- Podignuta svijest o ulozi porodice u sprečavanju ovisnosti među roditeljima iz izabranih područja 
+- Uspostavljena dugoročna prekogranična partnerstva za institucionalnu saradnju (NVO i javnost) 
+- Povećana društvena svijest o problemu narkomanije kroz uspješnu promociju projekta u medijima.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -249,51 +257,51 @@
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="85" customWidth="1" style="1"/>
     <col min="2" max="2" width="10.044299534389" customWidth="1" style="1"/>
-    <col min="3" max="3" width="21.7747671944754" customWidth="1" style="1"/>
+    <col min="3" max="3" width="21.2171957833426" customWidth="1" style="1"/>
     <col min="4" max="4" width="55" customWidth="1" style="1"/>
     <col min="5" max="5" width="85" customWidth="1" style="1"/>
     <col min="6" max="6" width="85" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>