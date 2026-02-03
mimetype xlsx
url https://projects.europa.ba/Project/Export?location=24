--- v0 (2025-11-02)
+++ v1 (2026-02-03)
@@ -30,98 +30,98 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local Level Action for Sustainable Recovery</t>
   </si>
   <si>
     <t>193 005 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Significant); Gender
  (Significant); Climate action
  (Significant)</t>
   </si>
   <si>
     <t>Overall objective of this project is flood recovery assistance provided to families and targeted municipalities in Disaster preparednes and prevention measures implementation.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved environmental and economic related recovery in 5 selected municipalities, 
 - Increased capacities for flood risk reduction with effective local level participation in 5 selected municipalities.</t>
   </si>
   <si>
     <t>Flood recovery-Housing Interventions in Federation BiH(FBiH)</t>
   </si>
   <si>
     <t>5 700 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 378 households will be provided with adequate and disaster-resilient housing,
 - Within them, 85 households will also benefit annual income generated, through the livelihood measures.
 - Approximately 1,105 people, out of whom at least 40% are women, in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Provision of Terms of Reference for tenders in railway sector under IPA 2017</t>
   </si>
   <si>
     <t>19 487 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Climate action
  (Significant); Digital
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project of which this contract will be a part is as follows: To ensure closer integration between BiH and the EU in the transport sector, also contributing to connectivity agenda priorities.
 Purpose of this project is to provide for draft technical parts of the terms of references concerning: 
 - technical assistance in institutional development of the BiH Railways Regulatory Board 
 - preparing of preliminary studies and conceptual designs for overhaul of railway section Tuzla – Zvornik, including access to Tuzla International Airport.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Acceleration of activities on rehabilitation of the priority sections on the Core and the SEETO Railway Comprehensive Network, in particular along the Corridor Vc, and strengthening of the capacity of the railway regulator.
 - Enabled tendering for provision of technical assistance to support further institutional development of the BiH Railways Regulatory Board, 
 - Enabled tendering for preparation of preliminary studies and conceptual designs for overhaul/reconstruction of railway facilities, including SS and telecommunications facilities, electrification and telecommunication facilities on the railway section Tuzla – Zvornik, including access to Tuzla International Airport.</t>
   </si>
   <si>
     <t>Conceptual design and preliminary studies for railway on South East Europe Transport Observatory Route 9a, Tuzla – Zvornik</t>
   </si>
   <si>
     <t>478 400 €</t>
   </si>
@@ -133,72 +133,72 @@
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objective of the project s acceleration of activities on rehabilitation of the priority sections on the Indicative extension of the TEN-T Rail Comprehensive Network to the Western Balkans (former SEETO Railway Comprehensive Network). 
 This assignment concerns preparation of conceptual designs/preliminary solutions and related preliminary studies for overhaul, reconstruction and construction of railway sections on the TEN-T extension/SEETO Comprehensive Network railway Route 9a: Tuzla - Zvornik and Tuzla - Tuzla International Airport.</t>
   </si>
   <si>
     <t xml:space="preserve">The assignment shall provide for the following results:
 1. Railway section (Bosanska Poljana) - Tuzla - Zvornik:
 - Preliminary solutions / conceptual designs for overhauling / reconstruction / construction of the railway section, 
 - Preliminary studies for overhauling / reconstruction / construction of the railway section, and
 - Preparation of technical guidelines and specifications needed for compilation of tender dossier for preparation of preliminary and main design and related studies for construction of overhaul / reconstruction / construction interventions.
 2. Railway section Tuzla – Tuzla international Airport: 
 - Preliminary solutions / conceptual designs for overhauling / reconstruction / construction of the railway section, 
 - Preliminary studies for overhauling / reconstruction / construction of the railway section, and
 - Preparation of technical guidelines and specifications needed for compilation of tender dossier for preparation of preliminary and main design and related studies for construction of overhaul / reconstruction / construction interventions.
 </t>
   </si>
   <si>
     <t>PROGRES - Protection of Nature and Globalisation of Renewable Energy Sources</t>
   </si>
   <si>
     <t>200 506 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">This project seeks to contribute to an increased use of renewable energy sources (RES) and improved living conditions and environment protection in the cross-border area in the municipalities Nijemci  (Croatia), Gracanica and Kalesija (BiH). This effort will be addressed in particular through increasing the knowledge of local community administrations, economic entities and farmer on the potentials for the RES application in residential and public facilities. 
 The project plans to equip the selected existing public facilities owned by local communities for demonstration purposes. So equipped demonstration facilities will contribute to a better understanding of the implementation and use of RES on existing facilities. Demonstration facilities will be continuously available for visits by interested population, to representatives of private and public sector with the aim of raising awareness and the importance of using RES.
 Studies on potentials of RES, which will be developed for both cross-border rural areas, will present an expert basis for the future development of the economy on the use of RES.
 In addition, the Studies will include the impact of growth and price fluctuations of non-renewable energy sources (NES) on the financial situation of the population, and cost effectiveness of RES in relation to the NES. The Studies will provide answers about all economic measures available to encourage the use of RES (subsidies, taxes, grants, etc.) at regional and national level of both cross-border areas, which is of considerable economic importance of both cross-border areas.</t>
   </si>
   <si>
     <t xml:space="preserve">By fostering a greater use of renewable energy sources (RES) in rural communities in the cross-border regions of Croatia and Bosnia and Herzegovina, the project contributed to the preservation of natural values of the environment, biodiversity and nature conservation and enhancement of life conditions in the targeted area.
 In order to encourage energy independence of local self-governments in cross-border areas by promoting the principles of energy efficiency, production of energy in RES power plants and cogeneration, within this project four demonstration facilities - public buildings were supplied with RES systems: the Mixed Secondary School in Kalesija (solar collectors and a heat pump of 75 KW power), the sport centre “Luke” Gračanica (solar collectors and photovoltaic panels of 10 kWp power), the Nijemci Municipality building (solar power plant with the installed capacity of 4.12 kW) and the rotatable solar mini power plant of the capacity of 10 kW at the promenade along the Bosut River with the new LED lamps installed for the street lighting.  The equipment has led to increase of energy efficiency of the demonstration facilities, reduction of costs for electrical and heating energy. 
 Two Studies on the potentials for the use of RES in both cross-border areas were produced and disseminated to local self-governments, economic entities and farmers in rural cross-border areas that can serve as basis for futher development and investments in this sector.
 In order to create better life conditions in a healthier and cleaner environment for the entire population of VSC and TC, the project partners placed great importance on increasing knowledge and competences of the target group on RES as well as on raising awareness of the overall population in bordering rural communities, public and private actors, about the needs, benefits and possibilities for exploitation of RES.</t>
   </si>
   <si>
     <t>Business Environment Streghtening for More SMEs in Tuzla and Neighbouring Munici palities - BESt 4 SMEs</t>
   </si>
   <si>
     <t>454 268 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project boosts employment and SME development in the highly competitive ICT sector, based on the transfer of know-how from the BIT Centre of excellence located in Tuzla, to the less developed municipalities of Kalesija and Srebrenik. The project has also contributed to improved business environment for SMEs through better business infrastructure and promotion of innovations and new technologies primarily via the BIT Centre. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Functional Business Support Center (BSC) with incubator capacities in Srebrenik and Kalesija made available for SMEs. 
 - Increased business skills of senior students and potential young entrepreneurs. 
 - Business development services for SMEs enhanced in the target municipalities by expanding capacities of BIT Centre in Tuzla. 
 - New jobs created for SMEs located in BIT Centre and in business incubators. 
 - Tuzla LED best practice promoted and applied in Srebrenik, Kalesija and other local communities in BiH.</t>
   </si>
   <si>
     <t>Partnership for effective implementation of local economic development in North East Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>392 241 €</t>
   </si>
   <si>