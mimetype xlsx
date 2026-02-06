--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -30,126 +30,126 @@
   <si>
     <t>Naziv projekta</t>
   </si>
   <si>
     <t>EU fond</t>
   </si>
   <si>
     <t>Period implementacije</t>
   </si>
   <si>
     <t>Kategorije</t>
   </si>
   <si>
     <t>Sažetak</t>
   </si>
   <si>
     <t>Rezultati</t>
   </si>
   <si>
     <t>Oporavak od poplava - stambeno zbrinjavanje u Federaciji BiH (FBiH)</t>
   </si>
   <si>
     <t>5 700 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civilno društvo
  (Važno); Akcije protiv klimatskih promjena
  (Važno); Digitalizacija
  (Nije ciljano); Polovi
  (Nije ciljano)</t>
   </si>
   <si>
     <t>Doprinijeti implementaciji intervencija za oporavak područja pogođenih poplavama u sektorima koji imaju društvene implikacije.</t>
   </si>
   <si>
     <t xml:space="preserve">Realizacija ovog projekta će rezultirati sljedećim:
 - 378 domaćinstava će biti zbrinuto u adekvatnim stambenim jedinicama otpornim na elementarne nepogode, a od tog broja će 85 domaćinstava imati koristi od dodatnog godišnjeg prihoda kroz pomoć za ekonomsku održivost.
 - Oko 1.105 osoba, od kojih su najmanje 40% žene, u područjima pogođenim poplavama će imati direktnu korist od pomoći u okviru ove Akcije.</t>
   </si>
   <si>
     <t xml:space="preserve">Lokalne strategije razvoja
 (EU4Business)</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digitalizacija
  (Glavna oblast); Civilno društvo
  (Nije ciljano); Polovi
  (Nije ciljano); Akcije protiv klimatskih promjena
  (Nije ciljano)</t>
   </si>
   <si>
     <t xml:space="preserve">Projektom je podstaknuta konkurentnost i inovacije mikro, malih i srednjih preduzeća (MMSP-ova) i poljoprivrednika u konkurentnim sektorima BiH. Implementiran je kroz partnerstvo GIZ-a, UNDP-a i MOR-a u iznosu od 16,1 milion EUR, od čega je Savezna Republika Njemačka osigurala 1,1 milion EUR. Pozivi za dodjelu grantova u ukupnoj vrijednosti od 10 miliona EUR rezultirali su sa 82 razvojna projekta za podršku MSP-ovima i lokalnim partnerstvima u poljoprivrednoj proizvodnji i preradi (20), turizmu (8) i izvozno orijentisanim sektorima (10). Sa 5 grantova su takođe podržana inovativna novoosnovana preduzeća, 24 MMSP-a su dobila pomoć da nabave modernu opremu, a 15 grantova je pomoglo u ublažavanju uticaja pandemije Covid-19 na privredu. Pored toga, grantovi EU su pokrenuli privatna ulaganja u iznosu od 6,3 miliona EUR, koja su omogućila otvaranje oko 500 novih radnih mjesta širom BiH. </t>
   </si>
   <si>
     <t xml:space="preserve">Realizacija ovog projekta će rezultirati sljedećim:
 - Unaprijeđeni rezultati rada MMSP-ova zahvaljujući poslovnim ulaganjima i inovativnim uslugama u konkurentnim izvozno orijentisanim sektorima. 
 - Poslovno okruženje poboljšano za novoosnovana preduzeća i razvoj MSP-ova. 
 - Preduzetničke inicijative intenzivirane u turizmu i ruralnim lancima vrijednosti za ostvarivanje prihoda i zapošljavanje.</t>
   </si>
   <si>
     <t>Projekti i studije za željezničku dionicu Doboj - Rasputnica Miljacka, Federacija BiH i Republika Srpska, Bosna i Hercegovina</t>
   </si>
   <si>
     <t>3 648 000 €</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">Akcije protiv klimatskih promjena
  (Važno)</t>
   </si>
   <si>
     <t xml:space="preserve">Opšti cilj projekta je ubrzavanje aktivnosti na obnovi prioritetnih dionica na Osnovnoj mreži, naročito na Koridoru Vc.                                                                                                                                                                                                                                                                                                                        Svrha projekta je da se poveća mobilnost i podstakne saradnja sa EU, regionalna saradnja i privredni razvoj BiH.
 </t>
   </si>
   <si>
     <t xml:space="preserve">Rezultat podrazumijeva izradu seta dokumenata potrebnih za raspisivanje tendera za izvođenje radova na obnovi predmetne željezničke dionice, uključujući sljedeće:
 (i) Idejni projekat,  
 (ii) Glavni projekat, 
 (iii) Prateće studije, te 
 (iv) Tenderska dokumentacija 
 za izvođenje radova za poddionice na cijeloj dionici željezničke pruge Srpska Kostajnica - Doboj - Rasputnica Miljacka.</t>
   </si>
   <si>
     <t>TAJAN – Turizam, avantura, uživanje, atrakcije, priroda (Tourism, Adventure, Joy, Attractions, Nature)</t>
   </si>
   <si>
     <t>346 199 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Akcije protiv klimatskih promjena
  (Glavna oblast); Digitalizacija
  (Glavna oblast); Civilno društvo
  (Nije ciljano); Polovi
  (Nije ciljano)</t>
   </si>
   <si>
     <t xml:space="preserve">Zbog svojih jedinstvenih i raznolikih prirodnih i kulturnih ljepota, Bosna i Hercegovina posjeduje ogroman potencijal za rast turizma, posebno u sektoru niša. Kako napreduje ekonomska obnova, ovaj potencijal se oslobađa, ali i dalje postoji potreba za velikim ulaganjima u ovaj sektor ako se želi maksimizirati broj turista, kako domaćih tako i stranih.
 U tom pogledu, ovaj projekt Evropske unije ima za cilj jačanje održivog razvoja BiH turističkih potencijala u Parku prirode TAJAN unaprjeđenjem infrastrukture, turističkih usluga, transfera znanja i toka informacija između turističkih radnika i turista, ali i javnosti općenito, i boljim marketinškim pozicioniranjem.  TAJAN je proglašen zaštićenim područjem u Federaciji BiH 2008. godine. Područje je dobilo naziv po rijeci Tajašnici i planini Tajan. TAJAN je bogat kanjonima, sa puno špilja sa rijetkim speleološkim obilježjima, kao i eko-sistemima bogatim endemskim vrstama koji su od interesa za mnogobrojne istraživače i naučnike zbog različitih specifičnosti biološke raznolikosti koja postoji na ovom području.
 </t>
   </si>
   <si>
     <t xml:space="preserve">Evropska unija je razvila TAJAN kao konkurentan turistički proizvod u niši eko-turizma i povećala njegov potencijal da doprinese ukupnom ekonomskom rastu i promociji Bosne i Hercegovine kao jedinstvene turističke destinacije. Sredstvima Evropske unije unaprijeđeni su objekti na lokacijama prirodnog i kulturnog naslijeđa (staze i izletišta, izgradnja tornjeva za promatranje divljih životinja, itd.) u TAJAN eko-zoni, i razvijen je turizam zasnovan na zajednici uspostavom i opremanjem klastera bed&amp;breakfast. Također, osigurali smo sigurno i čisto okruženje postavljanjem turističke signalizacije, certificiranjem planinskih turističkih vodiča i obukom i opremanjem Planinske spasilačke službe. Širenje informacija o kreiranim turističkim proizvodima je poboljšano razvojem marketinških i promotivnih alatki, a izgrađena je i opremljena i turistička info-stanica.
 Svim navedenim smo doprinijeli jačem i vidljivijem promoviranju prirodnih i kulturnih potencijala zemlje, i povećanju broja turista koji dolaze na ovu destinaciju i u zemlju. 
 </t>
   </si>
   <si>
     <t>EU podrška regionalnom ekonomskom razvoju u BiH Poziv VI AgroMAP NETWORK u okviru Lot 1</t>
   </si>
   <si>
     <t>320 143 €</t>
   </si>
   <si>
@@ -180,51 +180,51 @@
   <si>
     <t xml:space="preserve">Digitalizacija
  (Glavna oblast); Civilno društvo
  (Važno); Polovi
  (Nije ciljano); Akcije protiv klimatskih promjena
  (Nije ciljano)</t>
   </si>
   <si>
     <t xml:space="preserve">Okoliš je pitanje visokog ranga u evropskoj agendi, i sve više je to i u pogledu njenih intervencija u BiH. Strateški dokumenti BiH i Evropske unije naglašavaju značaj pravilne implementacije acquis-a koji se odnosi na zaštitu okoliša. Iako su zvanično za ovo usklađivanje odgovorne BiH vlasti, NVO zajednica ima vrlo značajnu ulogu u upravljanju tako što će upozoravati na kršenja, prikupljati informacije, koordinirati pilot projekte i obrazovati građane o njihovim pravima i obavezama.  Okolišne NVO u BiH su se značajno razvile tokom protekle decenije. Dalja podrška razvoju njihovih kapaciteta i poboljšanju znanja prepoznata je kao vrijedan aspekt njihovog izrastanja u punopravne i komplementarne partnere u implementaciji okolišnog acquis-a.
 Evropska unija je prepoznala ove potrebe i ponudila seriju razvojnih projekata koji doprinose poticanju partnerstava između vladinog i nevladinog sektora sa ciljem učinkovite implementacije EU standarda u okolišu u BiH.
 U tom pogledu, ovaj projekt Evropske unije ima za cilj unaprjeđenje kapaciteta NVO na nivou javnog učešća u kreiranju politika prema okolišu, promoviranju dobrog upravljanja kroz kvalitetnu zaštitu okolišnih prava. Osim toga, cilj nam je bio osnažiti kapacitete organizacija civilnog društva da preuzmu ulogu „psa čuvara“, odnosno da prate javne politike i zakonodavstvo u domeni okolišnih prava i kršenja prava na čisto okruženje.
 </t>
   </si>
   <si>
     <t xml:space="preserve">Koristeći sredstva Evropske unije, ovaj je projekt imao značajan utjecaj na povećanje kapaciteta NVO i nivo učešća javnosti u kreiranju politika okoliša, kao i na promoviranje dobrog upravljanja kroz kvalitetnu zaštitu okolišnih prava. Postigli smo povećanje javne svijesti o okolišnim pravima u BiH, što doprinosi poboljšanju zakonodavnog i institucionalnog okvira provođenjem anketa javnog mišljenja, misija iznalaženja činjenica i naknadnim među-sektorskim zajedničkim radom i dijalogom kako sa akterima tako i sa NVO o boljem rješavanju potreba i uklanjanju ograničenja u BiH društvu u domeni zaštite okoliša i okolišnim pravima.  Na taj način je pokrenut dijalog velikog broja aktera u politici zaštite okoliša, što je dovelo do jačanja konsenzusa i jačanja utjecaja organizacija civilnog društva. Također smo pomogli unaprijediti mehanizme monitoringa i sistema ranog upozoravanja jačanjem kapaciteta organizacija civilnog društva, radionicama i seminarima, čime smo omogućili bolje korištenje okolišnih prava, ali također i postigli bolju svijest građana putem medija i provedenih javnih kampanja.
 Ovakvim aktivnostima doprinijeli smo poboljšanju sveukupne suradnje između organizacija civilnog društva i vlada u BiH time što smo generirali dijalog velikog broja aktera u politici okoliša, što je dovelo do rasta konsenzusa i prominentnije uloge građanskog društva u dijalogu sa vladama. 
 </t>
   </si>
   <si>
     <t>SA-ŠA Podrška saradnji, inkluziji, edukaciji i promociji romske kulture u BiH i Srbiji</t>
   </si>
   <si>
     <t>107 074 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civilno društvo
  (Glavna oblast); Polovi
  (Glavna oblast); Akcije protiv klimatskih promjena
  (Glavna oblast); Digitalizacija
  (Nije ciljano)</t>
   </si>
   <si>
     <t>Projekt se bavi socijalnom inkluzijom Roma u prekograničnoj oblasti Bosne i Hercegovine i Srbije s ciljem poboljšanja položaja romske manjine u pograničnom području Bosne i Hercegovine i Srbije, i to putem uspostavljanja prekogranične saradnje između nevladinih organizacija kroz razmjenu iskustava i pronalaženja zajedničkih rješenja za socijalne probleme, promociju romske kulture i tradicija, te veću razinu obrazovanja i informiranja o romskoj populaciji.</t>
   </si>
   <si>
     <t xml:space="preserve">Procijenjeni rezultati:
 Uspostavljena je prekogranična saradnja kroz formiranje neformalne mreže nevladinih organizacija;
 Promovirana kultura i tradicija Roma u prekograničnom području Bosne i Hercegovine i Srbije s ciljem očuvanja njihovog identiteta i podizanja razine svijesti o potrebi razbijanja predrasuda o Romima, te njihove integracije u društveni život Srbije i Bosne i Hercegovine;
 Definirani obrazovni moduli za Rome s ciljem njihove socijalne inkluzije. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>