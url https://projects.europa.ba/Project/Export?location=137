--- v1 (2026-02-06)
+++ v2 (2026-03-26)
@@ -6,241 +6,238 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Filtered project list" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <si>
-    <t>Naziv projekta</t>
-[...17 lines deleted...]
-    <t>Oporavak od poplava - stambeno zbrinjavanje u Federaciji BiH (FBiH)</t>
+    <t>Project name</t>
+  </si>
+  <si>
+    <t>EU fund</t>
+  </si>
+  <si>
+    <t>Implementation period</t>
+  </si>
+  <si>
+    <t>Categories</t>
+  </si>
+  <si>
+    <t>Summary</t>
+  </si>
+  <si>
+    <t>Results</t>
+  </si>
+  <si>
+    <t>Flood recovery-Housing Interventions in Federation BiH(FBiH)</t>
   </si>
   <si>
     <t>5 700 000 €</t>
   </si>
   <si>
     <t>2017 - 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Civilno društvo
-[...15 lines deleted...]
-(EU4Business)</t>
+    <t xml:space="preserve">Civil society (Significant); Climate action
+ (Significant); Digital
+ (Not targeted); Gender
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project will result in:
+- 378 households will be provided with adequate and disaster-resilient housing,
+- Within them, 85 households will also benefit annual income generated, through the livelihood measures.
+- Approximately 1,105 people, out of whom at least 40% are women, in flood-affected areas will benefit directly from the Action assistance.</t>
+  </si>
+  <si>
+    <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
     <t>2018 - 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Digitalizacija
-[...15 lines deleted...]
-    <t>Projekti i studije za željezničku dionicu Doboj - Rasputnica Miljacka, Federacija BiH i Republika Srpska, Bosna i Hercegovina</t>
+    <t xml:space="preserve">Digital
+ (Main); Civil society (Not targeted); Gender
+ (Not targeted); Climate action
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project will result in:
+- Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
+- Improved business environment for the start-ups and SME development. 
+- Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
+- The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
+- 5 grants supported innovative start-ups, 
+- 24 MSMEs were assisted to buy modern equipment, 
+- 15 grants have helped alleviating the effects of covid-19 on economy. 
+- The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
+  </si>
+  <si>
+    <t>Design and studies for railway section Doboj - Rasputnica Miljacka, Federation of BiH and Republika Srpska, Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>3 648 000 €</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t xml:space="preserve">Akcije protiv klimatskih promjena
-[...3 lines deleted...]
-    <t xml:space="preserve">Opšti cilj projekta je ubrzavanje aktivnosti na obnovi prioritetnih dionica na Osnovnoj mreži, naročito na Koridoru Vc.                                                                                                                                                                                                                                                                                                                        Svrha projekta je da se poveća mobilnost i podstakne saradnja sa EU, regionalna saradnja i privredni razvoj BiH.
+    <t xml:space="preserve">Climate action
+ (Significant)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The overall objective of the project is acceleration of activities on rehabilitation of the priority sections on the Core network, specifically Corridor Vc.
+The purpose of the project is increase of mobility and fostering of the cooperation with the EU, regional cooperation and economic development of BiH.
 </t>
   </si>
   <si>
-    <t xml:space="preserve">Rezultat podrazumijeva izradu seta dokumenata potrebnih za raspisivanje tendera za izvođenje radova na obnovi predmetne željezničke dionice, uključujući sljedeće:
-[...7 lines deleted...]
-    <t>TAJAN – Turizam, avantura, uživanje, atrakcije, priroda (Tourism, Adventure, Joy, Attractions, Nature)</t>
+    <t xml:space="preserve">The result shall assume completion of the set of documents required for tendering of works on reconstruction of the respective railway section, including:
+- Preliminary design, 
+- Main design, 
+- Related studies and 
+- Works tender dossier for subsections on the whole railway section Srpska Kostajnica - Doboj - Rasputnica Miljacka.</t>
+  </si>
+  <si>
+    <t>TAJAN - Tourism, Adventure, Joy, Attractions, Nature</t>
   </si>
   <si>
     <t>346 199 €</t>
   </si>
   <si>
     <t>2010 - 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Akcije protiv klimatskih promjena
-[...16 lines deleted...]
-    <t>EU podrška regionalnom ekonomskom razvoju u BiH Poziv VI AgroMAP NETWORK u okviru Lot 1</t>
+    <t xml:space="preserve">Climate action
+ (Main); Digital
+ (Main); Civil society (Not targeted); Gender
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Because of its unique and diverse natural and cultural beauty, Bosnia and Herzegovina has huge potential for tourism growth, particularly in niche sectors. As economic regeneration progresses, this potential is being realised, but the sector needs massive investment if both domestic and international tourist numbers are to be maximised.
+In that respect, this European Union project aimed at strengthening a sustainable development of BiH tourism potential in the Park of Nature TAJAN by improving infrastructure, tourism services, transfer of knowledge and information flow between the tourism workers and tourists but also the public in general and by better market positioning. 
+TAJAN is declared as a protected area in the Federation of BiH in 2008. It is named for Tajasnica river and Tajan mountain. TAJAN id very rich in canyons with lots of caves with rare speleological sites as well as with eco systems rich with endemic species that are of interest of many researchers and scientists for various bio-diversity specificities present in the area.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The European Union has developed TAJAN as a competitive tourism product in the niche of eco-tourism and increased its potential for contributing to the overall economic growth and promotion of Bosnia and Herzegovina as a unique tourist destination. 
+With the European Union funding, natural, and cultural heritage site facilities (trails and picnic areas, construction of wildlife observation towers etc.) in TAJAN eco zone are improved and community based tourism is developed with established and equipped bed &amp; breakfast cluster. Also, we ensured safe and clean environment via tourist signalisation, certified mountain tourist guides and trained and equipped Mountain Rescue Services. Information dissemination of created tourist product is enhanced via marketing &amp; promotion tools developed and the tourist info station is constructed and equipped. 
+With all that, we have contributed to stronger and more visible promotion of the country's natural and cultural potentials as well as to more tourists visiting this site and the country.</t>
+  </si>
+  <si>
+    <t>EU support to regional economic development in BIH Call VI AgroMAP NETWORK under Lot 1</t>
   </si>
   <si>
     <t>320 143 €</t>
   </si>
   <si>
-    <t xml:space="preserve">Civilno društvo
-[...18 lines deleted...]
-    <t>Partnerstvo za više standarde zaštite okoliša u BiH</t>
+    <t xml:space="preserve">Civil society (Significant); Gender
+ (Significant); Digital
+ (Significant); Climate action
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
+The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
+In that respect, this European Union project aimed at generating the economic growth and employment by increasing the competitiveness in the Medical and Aromatic Plants (MAP) sector. The project strengthened economically actors of MAP sector by creating value-added products, based on knowledge, networking, application of new technologies, demand driven market approach, and quality standards introduction.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The European Union established the AgroMAP network of MAP sector's collectors, producers and processors by having brought together 2,165 participants who networked together and share harvesting, cutting and packaging machines, distillers, refrigerators and other essential equipment.
+Together with educational workshops, this network has exchanged results in increased know-how and a wider skill set for those involved. We also increased the income of MAP sector actors by certifying plantations, marketing strategy developed, supply chain branding and foreign market product positioning. Also, an initiative to create an adequate credit line for the MAP sector has been launched. 
+The wider target area also feels the economic benefits through raising plantations and ensuring survival and improvement of existing as well as further development of new opportunities for entrepreneurs.</t>
+  </si>
+  <si>
+    <t>Partnership for higher environmental standards in BiH</t>
   </si>
   <si>
     <t>99 885 €</t>
   </si>
   <si>
-    <t xml:space="preserve">Digitalizacija
-[...17 lines deleted...]
-    <t>SA-ŠA Podrška saradnji, inkluziji, edukaciji i promociji romske kulture u BiH i Srbiji</t>
+    <t xml:space="preserve">Digital
+ (Main); Civil society (Significant); Gender
+ (Not targeted); Climate action
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Environment is a high ranking issue on the European agenda and increasingly so with regard to its interventions in BiH. The BiH and the European Unions' strategic documents stress the importance of proper implementation of the environmental acquis.    
+While the official responsibility for compliance lies with the BiH authorities, the NGO community has a very important role to complement the work of the administration by signalling infractions, collecting of information, coordinating the pilot project and educating citizens about their rights and obligations. 
+BiH environmental NGOs have developed considerably over the past decade. Further support to their capacity building and know how improvements has been recognised as valuable for their becoming full and complementary partners of the administration in implementation of the environmental acquis.
+The European Union has recognised those needs, and provided series of development projects to contribute to encouragement of the partnership between governmental and non-governmental sectors with the aim of effective implementation of EU standards in environment in BiH. 
+In that respect, this European Union project aimed at increasing the capacity of NGOs and the level of public participation in environmental policy making, promoting good governance through the sound protection of environmental rights. In addition, our goal was strengthening the capacity of civil society organisations in BiH to take on a “watchdog” role, i.e. monitor public policies and legislation in the areas of environmental rights and violation of a right to a clean environment.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">With the European Union funding, this project had significant impact on increase of the capacity of NGOs and the level of public participation in environmental policy making as well as on promotion of good governance through the sound protection of environmental rights. We achieved an increased public awareness of environmental rights in BiH, which contributes to improvements of the legislative and institutional framework by realising public opinion surveys, fact finding missions and subsequent inter-sectoral common work and dialogue both with stakeholders and NGOs on better addressing needs and constraints of the BiH society in the area of environmental protection and rights. In that way, a multi-stakeholder dialogue in environmental policy is generated, resulting in growing consensus and greater influence of civil society organisations. We also helped improving monitoring mechanisms and early warning systems by capacity building of civil society organisations  via trainings, workshops and seminars and thus enabled better use of environmental rights but also achieved better awareness of citizens via media and public campaigns carried out.  
+By such actions, we contributed to better overall cooperation between civil society organisations and governments in BiH by generated multi-stakeholder dialogue in environmental policy, resulting in growing consensus and more prominent role of civil society in dialogue with governments.</t>
+  </si>
+  <si>
+    <t>SA-SA Support to cooperation, inclusion , education and promotion of Roma cultur e in Bih and Serbia</t>
   </si>
   <si>
     <t>107 074 €</t>
   </si>
   <si>
     <t>2013 - 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Civilno društvo
-[...12 lines deleted...]
-Definirani obrazovni moduli za Rome s ciljem njihove socijalne inkluzije. </t>
+    <t xml:space="preserve">Civil society (Main); Gender
+ (Main); Climate action
+ (Main); Digital
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t>The project deals with social inclusion of Roma population in the cross border region of Bosnia and Herzegovina and Serbia with the objective to improve position of the Roma minority in the cross border area between BiH and Serbia through: the establishment of cross border cooperation between NGOs through sharing experiences and finding common solutions for social problems, the promotion of Roma culture and traditions, and higher level of education and informing the Roma population.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Estimated results:
+Established cross-border cooperation through an informal network of NGOs;
+Promoted  culture and tradition of Roma in the cross border region of Bosnia and Herzegovina and Serbia with the aim of preserving their own identity and raised level of public awareness about the need of  breaking prejudices about the Roma population and their integration into social life in Serbia and Bosnia and Herzegovina;
+Developed educational modules for the Roma population with the aim of their social inclusion.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -259,51 +256,51 @@
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="85" customWidth="1" style="1"/>
     <col min="2" max="2" width="12.7196153913225" customWidth="1" style="1"/>
-    <col min="3" max="3" width="21.2171957833426" customWidth="1" style="1"/>
+    <col min="3" max="3" width="21.7747671944754" customWidth="1" style="1"/>
     <col min="4" max="4" width="55" customWidth="1" style="1"/>
     <col min="5" max="5" width="85" customWidth="1" style="1"/>
     <col min="6" max="6" width="85" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>