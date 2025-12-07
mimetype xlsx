--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -6,146 +6,142 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Filtered project list" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <si>
-    <t>Naziv projekta</t>
-[...17 lines deleted...]
-    <t>Zajednički napor za inovativno okruženje</t>
+    <t>Project name</t>
+  </si>
+  <si>
+    <t>EU fund</t>
+  </si>
+  <si>
+    <t>Implementation period</t>
+  </si>
+  <si>
+    <t>Categories</t>
+  </si>
+  <si>
+    <t>Summary</t>
+  </si>
+  <si>
+    <t>Results</t>
+  </si>
+  <si>
+    <t>Joint Effort for Innovative Enviorment</t>
   </si>
   <si>
     <t>82 885 €</t>
   </si>
   <si>
     <t>2010 - 2025</t>
   </si>
   <si>
-    <t xml:space="preserve">Civilno društvo
-[...17 lines deleted...]
-    <t xml:space="preserve">SAVA Navigo  - Razvoj nautičkog turizma na rijeci Savi i promocija područja Posavine</t>
+    <t xml:space="preserve">Civil society (Main); Gender
+ (Main); Climate action
+ (Main); Digital
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t>Having recognised the that level of innovative environment for the SMEs in BiH and Croatia falls behind the standards in the EU, the project focuses on boosting innovative environment and competitiveness of SMEs as well as capacity building of the development agencies.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Posavina (BiH) and the Vukovar Srijem County (Croatia) were established as innovative environments. The methodology for examining innovativeness of SMEs and institutions was developed and applied in both areas. 
+Based on the methodology and research of innovativeness, most  recommendations  were  implemented. These efforts, along with targeted training and advisory guidance resulted in improvement of competitiveness of SMEs in the Posavina and the Vukovar-Srijem County. 
+The co-operation among SMEs was improved  thanks to recognition of SMEs with cross-border potential, presentations of these potentials and B2B meetings held. 
+Agencies that should support SME development increased their capacity through work in working groups with trainers (15 meetings of the working groups held, 50 days of technical assistance provided) and creation of 10 plans for development of business support infrastructure including cross border co-operation projects. Along with these activities, 3 new services for SMEs were introduced and 20 employees from development institutions completed 6 different trainings.
+Ultimately, the conditions for long-term development and co-operation are in place, which is demonstrated also through official agreements on co-operation.</t>
+  </si>
+  <si>
+    <t>SAVA Navigo - Development of Nautical tourism on the Sava River and promotion o f the Posavina region</t>
   </si>
   <si>
     <t>56 456 €</t>
   </si>
   <si>
     <t>2011 - 2025</t>
   </si>
   <si>
-    <t xml:space="preserve">Civilno društvo
-[...16 lines deleted...]
-    <t>Održivi lokalno-ekonomski razvoj općine Orašje (MOSLED)</t>
+    <t xml:space="preserve">Civil society (Main); Climate action
+ (Main); Digital
+ (Main); Gender
+ (Significant)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nautical tourism is well developed in the Adriatic coast but there are no tourist nautical services on the river waterways in Croatia and Bosnia and Herzegovina.  The Sava Navigo Project addresses this problem by setting up foundations that will allow development of nautical tourism on the Sava River by developing a nautical chart atlas with instructions for safe navigation on the Sava River waterway with potential obstacles and hazards along the river identified for tourists.
+Furthermore, the project plans to facilitate simplification of cross-border procedures for tourist vessels by providing an analysis of the existing procedures and recommendations for their simplification which will then be proposed to the relevant authorities.
+Ultimately, the project will contribute to creation of Posavina regional identity and promotion of tourist offer and products of the Posavina region by unifying the existing fragmented tourist offers under one name – the tourist offer of Posavina.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A nautical chart atlas containing instructions for safe navigation on the Sava River waterway with potential obstacles and hazards along the river was created and printed in 350 copies in 5 languages.
+Analysis of the existing procedures for tourist vessels was provided and recommendations for their simplification were presented to the relevant authorities in the project final conference.
+An analysis of tourist destinations along the Sava River was developed in a form of a Study on tourist offer in Posavina region and presented in the final conference.</t>
+  </si>
+  <si>
+    <t>Municipality of Orasje Sustainable Local Economic Development (MOSLED)</t>
   </si>
   <si>
     <t>363 029 €</t>
   </si>
   <si>
     <t>2014 - 2025</t>
   </si>
   <si>
-    <t xml:space="preserve">Akcije protiv klimatskih promjena
-[...14 lines deleted...]
-- Potencijalni ulagači upoznati sa podsticajima za ulaganje u Poslovnu zonu „Dusine“ kroz implementaciju njenog marketinškog plana i druge promotivne aktivnosti, uključujući učešće na sajmovima privrede u BiH i regiji.</t>
+    <t xml:space="preserve">Climate action
+ (Main); Digital
+ (Not targeted); Civil society (Not targeted); Gender
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The project has supported establishment of Entrepreneurial Centre and Business Incubator in the Municipality of Orašje to provide services to some 50 SMEs operating in the vicinity of the business zone "Dusine". Range of services includes marketing, access to finance, IT solutions for business development, etc.).  
+The project has also upgraded a sewer system of business zone "Dusine” to improve its commercial and economic viability for prospective investments. The Municipality of Orašje has also improved SMEs access to funding by contributing to the SME Guarantee fund managed by North East Regional development Agency (NERDA).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project resulted in:
+- Entrepreneurial Centre and Business Incubator equipped and functional, providing services to SMEs.
+- Business Zone “Dusine” Sewage System upgraded. 
+- Improved SMEs access to business loans with at least 5 SMEs obtaining new finance through the NERDA- managed “SME Guarantee Fund”. 
+- Potential investors informed of investment incentives in Business Zone “Dusine“ through implementation of its marketing plan and other promotional activities, including participation at business fairs in BiH and in the region.</t>
   </si>
   <si>
     <t/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -167,51 +163,51 @@
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="85" customWidth="1" style="1"/>
     <col min="2" max="2" width="10.044299534389" customWidth="1" style="1"/>
-    <col min="3" max="3" width="21.2171957833426" customWidth="1" style="1"/>
+    <col min="3" max="3" width="21.7747671944754" customWidth="1" style="1"/>
     <col min="4" max="4" width="55" customWidth="1" style="1"/>
     <col min="5" max="5" width="85" customWidth="1" style="1"/>
     <col min="6" max="6" width="85" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>