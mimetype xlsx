--- v0 (2025-10-31)
+++ v1 (2026-02-08)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Police of Brcko district IT system upgrade</t>
   </si>
   <si>
     <t>53 469 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Digital
  (Main); Civil society (Significant); Climate action
  (Significant)</t>
   </si>
   <si>
     <t>Purpose of this project is procurement of IT equipment for police and prosecutor registries.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Procurement of IT equipment will expectedly enhance the infrastructure of individual police agencies and increasing their capacity to participate in the electronic data exchange system for police and prosecutor registries.</t>
   </si>
   <si>
     <t>Police Data management and protection - Supply of Windows and SQL Licences</t>
   </si>
   <si>
     <t>13 046 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Civil society (Significant); Gender
  (Not targeted)</t>
@@ -342,51 +342,51 @@
     <t>Evaluation of the EU Flood Recovery Programme</t>
   </si>
   <si>
     <t>166 598 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Significant); Digital
  (Significant); Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The main objectives of the evaluation are to provide the relevant external cooperation services of the European Union, an overall independent assessment of the performance of the intervention. The evaluation is foreseen by the EU Delegation to BiH, under the Evaluation Programme 2014 budget and envisaged also by the EU Flood Recovery Programme Special conditions.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Evaluation provided an understanding of the cause and effects links between activities and results.</t>
   </si>
   <si>
     <t>Improving capacity of the Indirect Taxation Authority (ITA) of Bosnia and Herzeg ovina</t>
   </si>
   <si>
     <t>956 383 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>This project will provide assistance in the implementation of legal provisions and practical implementation of NCTS at national level. Common Transit Convention CTC level will be given. The new BiH VAT Law and Law on Excise Duty and their implementing regulation (BoR) will be prepared to harmonise the national provisions with EU Acquis. Customs legislation will be screened and amended specifically in the areas of customs debt, guarantees, Book of Rules on filling in customs declarations and the list of codes, simplified procedures and post clearance audit (PCA), restrictions and prohibitions, intellectual property rights, custom tariff and origin.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Based on analysis of existing national transit legislation and analysis of ITA IT strategic document, national project plan on accession to Common Transit Convention and IT strategy were adjusted; 
 - An action plan and recommendations were drafted.
 - Drafted VAT Law revised, 
 - Book of Rules on VAT drafted, 
 - Recommendations for VAT instructions given, 
 - New excise law and implementing regulations drafted; 
 - Book of Rules on Excise Law drafted, 
 - Implementing regulation to BIH CPL finalised (AEO provisions aligned with UCC), 
 - Rules for filling in SAD defined, 
 - Operational instructions based on new customs legislation drafted/redrafted;
 - Evaluation report delivered, 
 - Proposal for changes of the existing strategies delivered, 
 - Analysis report delivered, Recommendations drafted
@@ -467,51 +467,51 @@
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>This project supports the BiH Council of Ministers and the FBiH and RS governments to strengthen employment controls and quality of public services, through improving public employment data and rebalancing staffing and pay in the public sector. Technical assistance is provided to governments to improve wage bill management by strengthening pay and employment controls, identifying staffing reductions through functional reviews and detailed analysis of payroll data, and pay benchmarking and simplification.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved public sector staffing data and staffing controls at all levels of authority in BiH, through establishing central registries of public sector employees.
 - Staffing at all levels of authority in the entities is rebalanced in line with recommendations from the horizontal functional reviews and vertical functional reviews in education and health sectors. 
 - Public sector pay structure at all levels of authority in the entities is rationalized and simplified.
 Project benefits:
 a) Improved public sector staffing data and staffing controls will allow the BiH authorities to manage the public sector in a more efficient and transparent manner. This will reduce fiscal pressures resulting from relatively oversized and inefficient public sector. 
 b) Implementation of recommendations from the functional reviews will allow better resource management and provision of more quality public services, especially in key sectors such as health and education. This will directly benefit the lives of BIH citizens. </t>
   </si>
   <si>
     <t>Support to the reform of the statistics system in Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>1 389 442 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">This project aimed to strengthen the statistical system in BiH and to increase the number of statistics harmonised with EU standards (within economic and business statistics). Project website: www.dst.dk/bosnia2018-20; FB page: EUtwinningStatisticsBiH. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Regional accounts, as a subsystem of national accounts, introduced and regional indicators at NUTS 2 level produced in line with EU standards was partly achieved, since it was only possible to produce a test version of the regional accounts, 
 - Volume of characteristics in the Statistical Business Register increased and quality of data improved in line with EU standards,
 - Use of administrative data for producing structural business statistics established was partly achieved, since it was difficult to access the needed administrative in the Federation of BiH,
 - Construction producer price index for division F42 – Civil engineering works produced,
 - New indicators for producer prices in services produced,
 - New indicators on demand-side tourism statistics, in accordance with EU Regulation 692/2011 (Annex II – National tourism) produced and made available to users, was partly achieved, since the analysis of data was delayed. However, the statistics was published after the project completed and therefore the result is achieved,
 - Quality criteria and quality reporting on balance payments statistics produced,
 - Quarterly international investment position statistics developed,
 - Potential administrative data sources have been mapped for all four beneficiary institutions and their importance for producing statistics have been prioritized by each of the institutions,
 - Administrative data on VAT has been analyzed for use in business statistics, 
 - Training courses in the statistical programming software R were conducted for non-IT staff in order to make them less dependent on IT staff for processing data;
 - The beneficiary institutions have increased their capacity of its staff and have taken further steps towards aligning with EU standards on the compilation and dissemination of statistics. </t>
   </si>
   <si>
     <t>Translation and interpretation services for the EU Delegation 2018-2021</t>
   </si>
   <si>
     <t>131 363 €</t>
   </si>
@@ -878,51 +878,51 @@
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
  -More active, visible and effective approach of the Coalition of marginalized groups in BiH “KOMA”, as a cross-sectoral network that gathers 103 members, with a continuous growth and interest for membership, in addressing social inclusion issues as well as in further strengthening of the capacities and networking among member CSOs representing marginalized populations in BiH.</t>
   </si>
   <si>
     <t>Supply of IT equipment for preparation of statistical master sample frame</t>
   </si>
   <si>
     <t>61 320 €</t>
   </si>
   <si>
     <t xml:space="preserve">Under this project, 140 laptops necessary for the field work will be purchased. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - 140 Laptops procured, delivered and used during the filed work on update of statistical master sample frame during 2019 and 2020.</t>
   </si>
   <si>
     <t>Support to implementing anti-corruption strategies in Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>657 505 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t>Corruption prevention bodies in Bosnia and Herzegovina will be supported with strategic, legal and operational advice and increase their capacities to inform citizens of BiH concerning the damages caused through corruption.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - The BiH anti-corruption strategy 2015-2019 and action plan as well as anti-corruption strategies and action plans at all other levels of government of BiH are in place, implemented and monitored, in accordance with the proposed indicato rs for success. 
 - Prevention of corruption is strengthened in public service, including the interaction with the private sector. 
 - Needs for training and communication and awareness-raising in the context of preventing and repressing corruption are addressed.</t>
   </si>
   <si>
     <t>Supply of Water Measurement Data Management Software</t>
   </si>
   <si>
     <t>213 048 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Climate action
@@ -4030,51 +4030,51 @@
   <si>
     <t xml:space="preserve">Gender
  (Significant); Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union’s (EU)  package for Bosnia and Herzegovina (BiH), worth EUR 70 million is intended to mitigate the consequences of the energy crisis on citizens, households, and businesses. Of the 70 million euros allocated in immediate assistance to Bosnia and Herzegovina, 50 million has been allocated to support vulnerable households, and 20 million to support energy efficiency efforts.</t>
   </si>
   <si>
     <t xml:space="preserve">The overall objectives (Impact) of this Action is:
 1. To mitigate the immediate socio-economic impact of the rising energy prices and boost sustainable economy based on climate resilient low-carbon principles 
 The specific objectives (Outcomes) of this Action to mitigate the energy crisis are to:
 1.Increased access of vulnerable households to immediate energy poverty mitigation measures 
 2.More efficient and rational use of energy resources in residential sector
 3.Increased access to reliable, energy and resources efficient affordable commercial facilities (focused on M/SMEs)
 </t>
   </si>
   <si>
     <t>FATE - From army to enterpreneurship</t>
   </si>
   <si>
     <t>52 292 €</t>
   </si>
   <si>
-    <t>2009 - 2025</t>
+    <t>2009 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Project’s main aim was economic growth and diversification through specific measures to support the conversion of military brown-fields into Business Support Centres (BSC) or Incubators (BI) in regions, where the promotion of entrepreneurial spirit and the creation of innovative firms represent pivotal assets for the local economy and where the rehabilitation of military brown-fields is a priority of the regional/local agenda of the administrations. To reach the project goal, all the activities involved both the strategic and the operational level of the partnership. Integrated vertical, horizontal and transnational cooperation, active involvement of target groups and stakeholders and cross-sectoral activities were the approach to ensure the best results according project activities and targeted outputs be reached and to give sustainability to the action.
 Activities can be summarised as follows: definition and application of models on property disposal and restructuring of former military assets; mapping and assessments of military brown-fields; analysis of economic and entrepreneurial context; setting up of strategies to foster entrepreneurship; pilot actions, support to creation of feasibility studies for rehabilitation and transformation of military brown-fields into BSC/BI; incisive dissemination action</t>
   </si>
   <si>
     <t xml:space="preserve">Common methodology for context analysis, SWOT assessment of military brownfield, analysis of excellence case study;
 Case book on basic information about military brownfields, with point on reconstructed and objects in use (size, ownership, expenses, operational costs etc);
 Model of start-up property transfer process from state to local level;</t>
   </si>
   <si>
     <t>TEX-EASTile sustainable innovation for textile in South East Europe</t>
   </si>
   <si>
     <t>64 669 €</t>
   </si>
   <si>
     <t>The overall objective of the project was creation of an innovation oriented network in the textile industry within SEE, acceptive for the diffusion of new technologies and knowledge with specific application to furnishing and linen. Stakeholders which took part in the project were research centers, enterprises, professional associations and public administrations. This network worked towards the development of innovative products, process and service oriented solutions. Specific attention was devoted to the application of new technologies able to combine high technical and aesthetic value with strong environmental sustainability.</t>
   </si>
   <si>
     <t xml:space="preserve">Threefold strategy on:
 1) 	Harmoisation of the operator’s competences and knowledge with regard to green marketing tools, so as to individualise homogenous methods of application;
 2) 	Testing of the tools onMEs in order to increase enterprises' awareness towards green certification and promote new targeted project initiatives;
 3) 	Enhancement of eco-sustainability principles in Public Administration internal management  to encourage PA in assuming the role of potential buyer and supporter of more favorable market;
 Supply and Demand Analysis of textile products, which contains overview of the European textile and clothing sector, companies, employment, economic figures, foreign trade, green certification and Analysis of Green Public Procurement Regulations for textile products;
@@ -4101,89 +4101,89 @@
   </si>
   <si>
     <t>Sustainable Aggregates Resource Management</t>
   </si>
   <si>
     <t>47 571 €</t>
   </si>
   <si>
     <t>Main objectives of the project were to develop common approach to sustainable aggregate resource management (SARM) and sustainable supply mix (SSM) planning, at three scales, to ensure efficient and secure supply in SEE. Specific objectives included capacity building, information infrastructure creation, and planning for a Regional Centre on SARM and SSM.</t>
   </si>
   <si>
     <t xml:space="preserve">Tools adopted to improve knowledge management within the partnership: study visits and joint methodology, individuals reached through manuals, (1600), reached adm. Actors (30), Tools adopted to improve knowledge management within the partnership: database framework and LCA analysis, individuals reached through manuals, (1600), reached adm. Actors (30), private sector (100), reached SMEs (100);
 Common agreements of implementation of (EU) legislation; for aggregate policy and management; and for development and land use planners, Regional/local policies improved on SARM and SSM in Canton 10 and Bosnia and Herzegovina, individuals reached through manuals, (1600), reached adm. Actors (30), private sector (100), reached SMEs (100);
 Advanced tools adopted to improve knowledge management within the partnership: SARM, SSM and GIS, Herzeg-Bosnia Canton proactively promoted among target groups, common management structures established on SARM and SSM, Infrastructure of common interest improved: regional aggregate supply improved by Aggregate Intelligence System in Canton 10 and Bosnia and Herzegovina;
 Common methodology adopted among partners on Aggregate Intelligence System;
 Recommendations for design of advanced tool adopted to improve knowledge management within the partnership: AIS;
 Investment proposal prepared for the regional centre on sustainable aggregates management.</t>
   </si>
   <si>
     <t>Support to NGOs active in the fight against corruption</t>
   </si>
   <si>
     <t>135 118 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t>The overarching goal of this project was to contribute to the reduction of the number of corruption cases within universities in Bosnia and Herzegovina, through awareness raising, amendments of existing rules, and trainings.</t>
   </si>
   <si>
     <t xml:space="preserve">• 	An anonymous poll was conducted among students in order to gather information on their understanding of corruption and its consequences, on their knowledge of protective mechanisms and their willingness to confront corruption within the educational environment. 
 • 	This project increased awareness on corruption in higher education through 16 trainings of students and professors. Students were encouraged to discuss corruption-related issues which burdened them. 
 • 	In order to improve transparency in the examination procedure, a legal analysis of the existing regulations on exams was conducted. Certain gaps and shortcomings were identified and legal experts developed amendments to those rules. In parallel to this task, amendments aligned with the European Higher Education Area (EHEA) guidelines were designed, which, in turn, ensures harmonisation with EU standards. 
 The product of this analysis is the "Guidelines for students' examination", which provides general information on corruption and uses examples in which students could be faced with corruption and informs them how to proceed. Over 12,000 copies were printed and distributed to students of 8 universities. The majority of universities involved in the Project have published these Guidelines on their website, and some of them have even incorporated the amendments in their by-laws.  
 • 	Throughout the whole Project, an awareness raising campaign was ran, focused on both students' rights and obligations during exams, and on the adverse effects of corruption.</t>
   </si>
   <si>
     <t>Less corruption more jobs</t>
   </si>
   <si>
     <t>94 500 €</t>
   </si>
   <si>
     <t>Through the establishment of a Common Platform, trainings, and advocacy campaigns, this Project contributed to the strengthening of CSOs dealing with anticorruption in SMEs and entrepreneurship.</t>
   </si>
   <si>
     <t xml:space="preserve">• 	An analysis of policies and their implementation was conducted – the document "Less corruption, more jobs – how to improve procedures/programs/projects" outlines the main findings and recommendations. It was distributed to 166 relevant institutions throughout the State.
 • 	A Common Platform to fight corruption was set up. It unites associations of workers and employers and CSOs, which can develop concrete improvements to SME-related policies and programs, and propose them to BiH institutions. In 2012, the Common Platform counted 27 signatures of governmental and non-governmental institutions.  
 • 	14 existing policies, procedures, programs were monitored and concrete improvements were proposed. 
 • 	Trainings were provided to 65 NGOs and governmental institutions on corruption and its adverse effects, and advocacy. 
 • 	Public awareness was raised through advocacy campaigns
 A media campaign targeted the broader public. 
 Advocacy campaigns towards public institutions were organised (Parliament, Cantons, Municipalities). The most notable success was in the Ministry for Entrepreneurship, Crafts and Development of Tuzla Canton, which changed the procedures of work in accordance with the recommendations suggested. 
 Finally, roundtables were held with citizens and local associations on the topic “Less corruption more jobs: the importance of civic activism”.</t>
   </si>
   <si>
     <t>Watch dog function in public procurement</t>
   </si>
   <si>
     <t>108 133 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Climate action
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The Project Watchdog function in public procurement consisted in raising BiH citizens' awareness in regards with irregularities within the public procurement process.</t>
   </si>
   <si>
     <t xml:space="preserve">• Help strengthen and articulate citizen's demands in such a way that public pressure would become effective, in order to push BiH authorities to react and take concrete measures to improve transparency within the public procurement process. 
 To this end, 12 seminars were organised. Representatives of Bosnia and Herzegovina at all levels were involved, as well as public and private enterprises, and the media – special attention was given to the Draft Law on Public Procurement. 
 33 public debates were held and helped raise students' awareness about corruption and also gave them the opportunity to discuss misuses of public procurement. 
 • 	A systematic analysis of the tender documentation published in the BiH Official Gazette was conducted. Alleged irregularities were documented and a press release was sent to the media and the Public Procurement Agency. Broadly speaking, the media's interest in this topic has increased.
 • 	42 amendments to the Draft Law on Public Procurement were prepared and presented to representatives of all 13 parties.</t>
   </si>
   <si>
     <t>The purpose of this project was to introduce anti-corruption measures at Tuzla University and Banja Luka University, and in turn, reduce the number of corruption cases.</t>
   </si>
   <si>
     <t xml:space="preserve">• 	The first step was to analyse the perception of corruption in higher education. To this end, an extensive number of students were given questionnaires to fill in. This is one of the most comprehensive researches on corruption in higher education ever conducted. The main findings of the study were presented during two conferences (Tuzla, Banja Luka). The project received positive feedback from the students, who appreciated the participatory approach taken. 
 • 	20 interactive educational workshops were held on the adverse effects of corruption in higher education, at Tuzla University and Banja Luka University. A total number of 550 students participated and were trained to rapidly identify corruption and know how to react in case they should face it.  
 • 	In order to raise awareness about the detrimental effects of corruption in higher education, an information campaign was implemented: 60 radio shows and 20 educational jingles, several TV programs and public events were organised. Student's interest in the matter significantly rose. 
 • 	The Project helped set up meetings during which measures for the prevention of corruption at universities were developed. Measures were first suggested by students and then discussed by student representatives. Those suggestions were included in a final document and delivered to Universities for adoption.</t>
@@ -4446,51 +4446,51 @@
   </si>
   <si>
     <t>84 394 €</t>
   </si>
   <si>
     <t>The project was aimed at harmonization of the activities in the target SEE region related to the introduction of Digital Broadcasting services. SEE Digi.TV project focused on execution of integrated and coordinated territorial development linked to the A/D switchover process and prevent potential negative social, economic and technical implications in case of process failure at national and regional level.</t>
   </si>
   <si>
     <t xml:space="preserve">1st national seminar titled “Digitalization in Bosnia and Herzegovina: Yesterday, today, tomorrow”;
 2nd national seminar titled “Digitalization in Bosnia and Herzegovina: Challenges and Perspectives”;
 Analysis of existing legal framework for the digital switchover;
 Regional guidelines for the effective legal framework;
 Guidelines on using digital dividend;
 Guidelines for the funding framework for the digital switchover;
 SEE Strategic Roadmap for Technology Deployments;
 Regional receiver specifications and conformance test specifications;
 Regional guidelines for A/D switchover strategies.</t>
   </si>
   <si>
     <t>Architecture of Totalitarian Regimes of the XX Century in Urban Management (ATRI UM)</t>
   </si>
   <si>
     <t>51 665 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t>The main objective is to define &amp; promote a Cultural Route on architectures of totalitarian Regimes of 20th century, as leverage for their economic valorisation. ATRIUM is supposed to pursue the following specific objectives: (I) identification of case-studies in the areas concerned (analysis of urban maps, urban &amp; architectonical works), and hence of their underlying concept of city and power as well as meanings in term of relationships between citizens &amp; totalitarian institutions; (II) selection of buildings &amp; places of particular signification under past regimes, which could have (or currently have) a new aesthetical, functional &amp; social task in contemporary democratic city; (III) preparation of a trans-national Manual (also for training purposes) of wise management, preservation re-use &amp; economic valorisation of this "inconvenient" heritage; (IV) identification, collection &amp; digital cataloguing of photograph archives, films, oral witnesses, furniture, etc. of the epochs concerned; (V) design of a cultural route on this heritage, in compliance with requisites set out by the Council of Europe (VI) promotion of forms of cultural tourism for economic valorisation of heritage concerned (and training of necessary operators), capable of attracting segments of international, especially European, growing cultural tourism demand, &amp; hence to create new services &amp; jobs.</t>
   </si>
   <si>
     <t xml:space="preserve">Expected Results:
 The plan of the cultural route is a concrete step for the construction of the route itself; The statute lays the legal basis for establishing the transnational promoting association; The cultural tourism products coordinated at transnational level are built with tourist &amp; economic operators; Brief local training courses have prepared tourist guides on new cultural tourism products; Local and international forums for touristic &amp; economic actors allow to test the appeal of new tourism products envisaged; The report summarizes observations, suggestions, contacts useful for improving the tourist products; The reports describing the pilot experiences enable the other PPs to replicate the tested model; The informative materials, spots on radios, TVs, journals &amp; informative totems enable the pilot experiences involve a wider public; The format for involvement of economic and tourist operators enable the other PPs to replicate the model; The preparation &amp; submission of 1 dossier enable the ATRIUM’s partnership to obtain the acknowledgment as European Cultural Route devoted to the architecture of the totalitarian regimes of the XXth century.</t>
   </si>
   <si>
     <t>Improving the enabling environment and public awareness for innovation in the So uth-East-European food sector through transnational collaboration</t>
   </si>
   <si>
     <t>56 913 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed to improve the enabling environment for food innovation by capacity building of the supporting institutional framework and by promotion of public awareness on benefits of innovation in the food sector through transnational collaboration.
 The focus in project implementation was given 	to develoment of national innovation strategies following a common framework for improving the competitiveness of food sector, particularly SMEs, to foster the economic growth of SEE, creation of jobs and ensure sustainable development, improvement of coordination mechanism of efforts for enhancing innovation through new approach of collaboration of governance institutions and other stakeholders within the NFTPs, exploiting the potential in transnational collaboration of NFTPs, development of skills of SEE institutions in using effective tools to foster innovation: food chain management, transdisciplinary collaboration with ICT sector, knowledge transfer and practices of using industry panels, based on collective learning and shared costs, promotion of use of the ICT based tools for fostering innovation, development of pilot systems for institutions for provision of collective innovation support services for food SMEs, improvement and recognition of food innovation and entrepreneurship by the public through delivering a campaign and access to young people to encourage them to join the food sector and develop entrepreneurial spirit, dissemination of results to a wider community and also beyond the food sector, integration of non-EU countries into the development of SEE, establishment of an SEE regional forum for concerting efforts and sharing successful approaches of different types of food innovation supporting, research and education institutions and organisations</t>
   </si>
   <si>
@@ -4596,51 +4596,51 @@
   </si>
   <si>
     <t>157 733 €</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective: To strenghten network of CSOs in ensuring quality health protection of people with rare diseases based on collaboration, exchange of expertise and knowledge and in dialogue with the governmental authorities.  
 Specific objectives:
 1. To establish strategic framework for improvement of health protection for people with rare diseases in Bosnia and Herzegovina.
 2. To develop and enhance capacities of civil society organisations for partner dialogue with government authorities, creation and implementation of politics and programs from the area of health protection.</t>
   </si>
   <si>
     <t xml:space="preserve">ER 1: Assessed situation and life quality of people living with rare diseases in BiH and their families, 
 ER 2: Created and adopted Strategies on rare diseases for Federation of BiH and Republic of Srpska, 
 ER 3: Sets of trainings on capacity building conducted to CSO Network members, 
 4: Shared knowledge, expertise and best practices with Croatian coalition of health organisations, 
 ER 5. Strategic organisational documents developed by CSO Network members for its functioning. 
 ER 6: Public in Bosnia and Herzegovina informed about rare diseases key related issues</t>
   </si>
   <si>
     <t>Children''s role for a strong civil society</t>
   </si>
   <si>
     <t>92 713 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective: To promote the development of a more dynamic civil society, actively participating in the public debate on human rights and social inclusion.
 Specific objective: To support CSOs in improving their capacities in the area of justice and security, specifically empowering CSOs in the promotion of the rights of children.</t>
   </si>
   <si>
     <t xml:space="preserve">Expected results:
 - Discrimination and social exclusion among children reduced
 - Knowledge enhanced on the situation of children's access to judicial protection
 - Information and good practices exchanged in the field of children’s rights
 - Awareness built in the area of justice in BiH
 - Debate on the promotion of human and children’s rights enhanced
 - Child-tailored justice system promoted
 - Network of CSOs and legal practitioners in the field established</t>
   </si>
   <si>
     <t>WEB - We Enforce Business</t>
   </si>
   <si>
     <t>200 940 €</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective: To stimulate and strengthen the issue based CSO networks, cooperation, exchange of knowledge and experience between them in order to become stronger partner in the dialogue with the governmental authorities.
 Specific objectives: To strengthen the Chamber of Commerce and Industry system of Bosnia and Herzegovina and to raise its capacities to influence policy and decision making processes in forming the BiH business environment for ICT companies trough regional exchange of experiences, fostering dialogue with the decision makers, forming advocating bodies and raising awareness about the use of ICT in business.</t>
   </si>
@@ -4783,51 +4783,51 @@
   </si>
   <si>
     <t xml:space="preserve">Expected results: 
 1: Produce assessment of the integrity system in the Local self-governing units.  
 2.  Evaluation and revision of the Strategy for the Fight Against Corruption 2009-2014.</t>
   </si>
   <si>
     <t>Mapping corruption risks in the security sector</t>
   </si>
   <si>
     <t>143 622 €</t>
   </si>
   <si>
     <t xml:space="preserve">Project will conduct comprehensive survey of the BIH citizens to identify areas where corruption is most expected.Also project will identify  weak points in the security structure of the BIH public administration on the issue of corruption.</t>
   </si>
   <si>
     <t xml:space="preserve">Results of the project will be  used for better strategic planning  of the Agency for the prevention of corruption and coordinationof the fight against corruption  and its  creation of its new Strategy and Action Plan</t>
   </si>
   <si>
     <t>Curriculum for transparency, curriculum for accountability</t>
   </si>
   <si>
     <t>434 725 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Project contributes to the implementation of the Action plan for implementation of the Strategy for fight against corruption, especially in the part of prevention and education in educational institutions and awareness rising. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Primary and high schools as well as universities in BiH enabled to reduce number of cases of corruption, through an effective curriculum for detecting corruption and systematically addressing the problem together with institutions.</t>
   </si>
   <si>
     <t>Open Public Procurement</t>
   </si>
   <si>
     <t>381 888 €</t>
   </si>
   <si>
     <t xml:space="preserve">This project contributes to the fight against corruption, by enhancing public procurement processes through the active involvement of private and civil society sectors. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Review of needs and constraints in public procurement processes of private and civil sector done,
 - List of policy options and recommendations (5 policy briefs; 10 in-depth investigative stories; data base of 50 company profiles) completed,
 - Capacity building of CSOs for improving their capacities, awareness function and networking (Open Procurement Academy) completed,
 - Information campaign for stakeholders in public procurement processes upgraded.</t>
   </si>
   <si>
@@ -4862,51 +4862,51 @@
   <si>
     <t>Typical products as engine of development in rural areas - TERRA ''''Honey route s through Durmitor Mountain and Herzegovina''''</t>
   </si>
   <si>
     <t>153 607 €</t>
   </si>
   <si>
     <t xml:space="preserve">The project sought to improve the living conditions of the population through the support and promotion of rural development and tourism based on typical local products. 
 More specifically, the aim was to accelerate development of rural areas through valorisation and commercialisation of honey as a typical product and to enable further development of typical products in the target area in line with standards and best practice cases in the EU. The project connected 6 municipalites from Montenegro and 9 municipalities in Bosnia and Herzegovina.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Mapped honey value chain, and involved stakeholders accept their role in the future development of honey as a typical product,
 - Territorial/tourist product “Honey routes through Durmitor Mountain and Herzegovina” created ,
 - Improved capacities of 104 key stakeholders involved in development of the tourist/territorial product,
 - Tourist product visible, functional and recognised in the wide region.
 </t>
   </si>
   <si>
     <t>BASE - Building Accountability and Systems in the Elections</t>
   </si>
   <si>
     <t>1 499 822 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t>Overall objective of the proposal is to contribute to the improved quality of election processes in BiH in line with international standards and best practic es, facilitating active participation of citizens in the advocacy and election m onitoring. Specific objective is to enhance the role and capacity of BiH civil society to effectively support further democratic consolidation by contri buting to a free and fair election process in BiH.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Possibility of election frauds significantly reduced due to improved el ection monitoring systems; 
 - Objective media coverage of elections and increased citizens interest to follow the elections; 
 - Drafted and succ essfully advocated amendments and recommendations to modernize and improve elect oral legislation 
 - CSOs, citizens, young voters in particular, motivated through strong public outreach to expand knowledge about elections and relevance of citizen participation in electoral processes; 
 - Efficient organization model and strong partnership between networked organizations create favourable environment for further strengthening of civil society sector.</t>
   </si>
   <si>
     <t>ICMP Assistance to BiH to Account for Persons Missing from the Conflict of the 1 990s</t>
   </si>
   <si>
     <t>999 964 €</t>
   </si>
   <si>
     <t>Purpose of this project is support BiH government in search and identification of missing from the conflic of the 90's.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Assistance to the NN Working Group Process and Forensic Anthropology and Archaeology Activities ensured 
 - Continuation of DNA matching and identification of the missing persons ensured. </t>