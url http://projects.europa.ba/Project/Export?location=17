--- v0 (2025-10-14)
+++ v1 (2026-01-27)
@@ -51,104 +51,104 @@
   <si>
     <t>1 237 345 €</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>Strenghtening Jusicial security and direct support to Court Police Agencies in provision of technical equipment</t>
   </si>
   <si>
     <t>Better judicial security, resulting with better judicial efectivness</t>
   </si>
   <si>
     <t>Energy Efficiency and Renewables - Supporting Policies in Local level for Energy (ENER-SUPPLY)</t>
   </si>
   <si>
     <t>84 294 €</t>
   </si>
   <si>
-    <t>2009 - 2025</t>
+    <t>2009 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed to increase production of Renewable Energy Sources (RES) and the reduction of energy waste through Energy Efficiency (EE). With appropriate actions in education, information, shining examples and correct planning, the project ENergy Efficiency and Renewables – SUPporting Policies in Local level for EnergY (ENER-SUPPLY) focused to support Public Administration (PA) to (1) 	favouring the knowledge and capacity related to the programming and management techniques /methods of its personnel and stakeholders such as energy audits in buildings, industrial audits, information campaigns, financial tools (i.e. performance contract), ESCO; the relevant EU directives, namely 32/06, 91/02-EPBD,77/01, 8/04 CHP, Climate Action Package, structural funds for energy, state aid in energy, emissions trading and also in the specific issues of Energy Management (EM); (2) 	spreading out among the public &amp; private organisations the implementation of good practices which favour the rational use of energy; (3) 	favouring the information and  rising awareness of the large public and the main stakeholders related to the potential of EE/RES investments in their own territories.</t>
   </si>
   <si>
     <t xml:space="preserve">RES handbook;
 Report on Needs Assessment for Energy Efficiency and Equipment Procurement;
 Training on Experimentation of Energy Management System;
 Energy audits of buildings;
 Final report on Energy management system experimentation;
 Guide for developing the Preliminary analysis of the state-of-the-art and the Action Plan for RES Potential Map Building ;
 RES maps for Srednje-bosanski Canton;
 Feasibility study for use of biomass as energy source.</t>
   </si>
   <si>
     <t>SMEs without borders</t>
   </si>
   <si>
     <t>190 374 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Climate action
  (Significant); Digital
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is focused at creation of a joint economic area for the SMEs from the sector MAP (medicinal and aromatic plants), their promotion, networking and encouraging of co-operation in order to contribute to a better positioning of MAP products on the market.
 Joint cross-border activities, through the promotion of integration and revitalisation of the cross-border area, will promote the SMEs from the MAP sector and contribute to the economic strengthening of the stakeholders from the MAP sector.</t>
   </si>
   <si>
     <t xml:space="preserve">1. The project established MAP (Medicinal and Aromatic Plants) network in Sisak-Moslavina County in Croatia as a result of know-how transfer from project partners in Bosnia and Herzegovina (AgroMAP network established by a previous EU funded project). Cross-border co-operation agreement between the two networks has been signed. The network includes 51 members from both countries and its presidency will alternate between UPIP Zepce and SIMORA Sisak on annual basis.
 2. The project established two new buiness operators in Kladanj and Kresevo (BiH).
 3. Improved knowledge and skills of target groups and beneficiaries in the project area was ensured through the organisation of 39 workshops for 780 participants, including specialised trainings for producers, collectors and processors of medicinal and aromatic plants, branding  marketing and e-business.  Educational brochure "Guide for export to the EU" was developed. 
 4. MAP sector stakeholders capacities strengthened  through application of  marketing tools and greater representation of the MAP network products on the market. Marketing plan for the MAP network has been developed. Joint presentation was ensured in four fairs (Sarajevo, Koln, Bologna and Dubrovnik). 52 new products created and placed on the market. Joint media campaign was developed and web page upgraded (www.agromap.net).</t>
   </si>
   <si>
     <t>Bosnia and Herzegovina SME Competitiveness Support Facility</t>
   </si>
   <si>
     <t>4 000 000 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Civil society (Significant); Gender
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project helped SMEs access to finance for upgrade of production facilities in line with relevant EU Directives and standards in the fields of environment protection, health and product quality and safety. 
 Thanks to EU support for business advisory and incentives, some 80 SMEs made eligible investments worth 20 million EUR from EBRD credit line disbursed through Sparkasse, UniCredit Banja Luka and Intesa SanPaolo local banks. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved access to finance for capital investments 
 - EU production standards implemented in SMEs 
 - Improved availability of SMEs business advisory for implementing  environment, labour health &amp; safety and product safety &amp; quality standards.
 - Case studies available on https://www.ebrd.com/news/2018/ebrd-and-eu-supporting-small-businesses-in-bosnia-and-herzegovina.html  
 - Good project examples:
 a) Hasic drvo Gradacac - Wooden games and toys are distributed all over the world; 
 b) Izazov  Kalesija - exports furniture both to the region and to the European market;  
 c) Padjeni from Bileca - modernised its dairy production and increased  competitiveness.</t>
   </si>
 </sst>
 </file>