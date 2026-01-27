--- v0 (2026-01-27)
+++ v1 (2026-01-27)
@@ -6,92 +6,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Filtered project list" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
-    <t>Naziv projekta</t>
+    <t>Project name</t>
   </si>
   <si>
-    <t>EU fond</t>
+    <t>EU fund</t>
   </si>
   <si>
-    <t>Period implementacije</t>
+    <t>Implementation period</t>
   </si>
   <si>
-    <t>Kategorije</t>
+    <t>Categories</t>
   </si>
   <si>
-    <t>Sažetak</t>
+    <t>Summary</t>
   </si>
   <si>
-    <t>Rezultati</t>
+    <t>Results</t>
   </si>
   <si>
-    <t xml:space="preserve">Lokalne strategije razvoja
-(EU4Business)</t>
+    <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
     <t>2018 - 2026</t>
   </si>
   <si>
-    <t xml:space="preserve">Digitalizacija
-[...3 lines deleted...]
- (Nije ciljano)</t>
+    <t xml:space="preserve">Digital
+ (Main); Civil society (Not targeted); Gender
+ (Not targeted); Climate action
+ (Not targeted)</t>
   </si>
   <si>
-    <t xml:space="preserve">Projektom je podstaknuta konkurentnost i inovacije mikro, malih i srednjih preduzeća (MMSP-ova) i poljoprivrednika u konkurentnim sektorima BiH. Implementiran je kroz partnerstvo GIZ-a, UNDP-a i MOR-a u iznosu od 16,1 milion EUR, od čega je Savezna Republika Njemačka osigurala 1,1 milion EUR. Pozivi za dodjelu grantova u ukupnoj vrijednosti od 10 miliona EUR rezultirali su sa 82 razvojna projekta za podršku MSP-ovima i lokalnim partnerstvima u poljoprivrednoj proizvodnji i preradi (20), turizmu (8) i izvozno orijentisanim sektorima (10). Sa 5 grantova su takođe podržana inovativna novoosnovana preduzeća, 24 MMSP-a su dobila pomoć da nabave modernu opremu, a 15 grantova je pomoglo u ublažavanju uticaja pandemije Covid-19 na privredu. Pored toga, grantovi EU su pokrenuli privatna ulaganja u iznosu od 6,3 miliona EUR, koja su omogućila otvaranje oko 500 novih radnih mjesta širom BiH. </t>
+    <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
-    <t xml:space="preserve">Realizacija ovog projekta će rezultirati sljedećim:
-[...2 lines deleted...]
-- Preduzetničke inicijative intenzivirane u turizmu i ruralnim lancima vrijednosti za ostvarivanje prihoda i zapošljavanje.</t>
+    <t xml:space="preserve">Implementation of this project will result in:
+- Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
+- Improved business environment for the start-ups and SME development. 
+- Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
+- The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
+- 5 grants supported innovative start-ups, 
+- 24 MSMEs were assisted to buy modern equipment, 
+- 15 grants have helped alleviating the effects of covid-19 on economy. 
+- The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -110,51 +113,51 @@
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="85" customWidth="1" style="1"/>
     <col min="2" max="2" width="12.7196153913225" customWidth="1" style="1"/>
-    <col min="3" max="3" width="21.2171957833426" customWidth="1" style="1"/>
+    <col min="3" max="3" width="21.7747671944754" customWidth="1" style="1"/>
     <col min="4" max="4" width="55" customWidth="1" style="1"/>
     <col min="5" max="5" width="85" customWidth="1" style="1"/>
     <col min="6" max="6" width="85" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>