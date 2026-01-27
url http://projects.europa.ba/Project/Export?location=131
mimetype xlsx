--- v0 (2025-11-18)
+++ v1 (2026-01-27)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>It started with the sport</t>
   </si>
   <si>
     <t>50 000 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Main); Civil society (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed to contribute to improvement of accessibility in community-based services in the border area by strengthening and promoting the cross-border partnership between all stakeholders 
 (government and NGO's), improvement of capacities of local stakeholders for cross-border cooperation, establishment of platform for future cross-border cooperation and ensuring wider range of innovative community based services offered and improved accessibility to those services to local population.
 Project activities included cross-border networking activities, capacity building activities, creation of platform for future cross-border cooperation, improvement of community based services, visibility actions, etc.</t>
   </si>
   <si>
     <t xml:space="preserve">Cross-border Partnership Committee established;
 Local stakeholders improved knowledge by means of trainings in PCM and partnership skills;
 Identified priorities for the future Cross border cooperation, 3 CBC proposals involving project partners and 1 project proposal with activities only on Croatian side (total 4 proposals) prepared;
 Sport yard constructed and equipped in Dobretići;
 Equipped PC classroom in Dobretići school;
 Sports and cultural events: 	 village games organized with approximately 650 participants, 2 Kids Olympics games organized with approximately 100 participants, 	2 chess tournament organized with 32 participants, 1  card tournament organized with 16 participants;
 IT courses for youth, women and elderly citizens in Dobretići.
 2.2. Potential applicants informed about CBC;3.1. Identified priorities for the future CBC;3.2.Prepared 3 CBC proposals;4.1. Public facilities in both municipalities adapted and equipped;4.2. Organized joint sports and cultural events in both countries;4.3. Citizens in both municipalities educated on use of PC and Internet;5.1. Population  informed about the progress of project</t>
   </si>
 </sst>
 </file>
 